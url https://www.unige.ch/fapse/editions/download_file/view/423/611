--- v0 (2025-12-12)
+++ v1 (2026-03-29)
@@ -1,619 +1,1351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="13B92325" w14:textId="7662FF6C" w:rsidR="008F33DA" w:rsidRPr="00270348" w:rsidRDefault="008F33DA" w:rsidP="00270348">
+    <w:p w14:paraId="13B92325" w14:textId="30DA8930" w:rsidR="008F33DA" w:rsidRPr="00270348" w:rsidRDefault="008F33DA" w:rsidP="00BB64F6">
       <w:pPr>
         <w:pStyle w:val="Titre4"/>
       </w:pPr>
       <w:r w:rsidRPr="00270348">
         <w:t xml:space="preserve">La longueur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00270348">
+      <w:r w:rsidRPr="00BB64F6">
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>maximale</w:t>
       </w:r>
       <w:r w:rsidRPr="00270348">
         <w:t xml:space="preserve"> de l</w:t>
       </w:r>
       <w:r w:rsidR="00270348" w:rsidRPr="00270348">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00270348">
         <w:t>article est fixée à 50</w:t>
       </w:r>
       <w:r w:rsidR="00270348" w:rsidRPr="00270348">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00270348">
         <w:t>000 signes (espaces compris). Cette limite inclut la bibliographie mais exclut les</w:t>
       </w:r>
       <w:r w:rsidR="00270348" w:rsidRPr="00270348">
         <w:t xml:space="preserve"> métadonnées</w:t>
       </w:r>
       <w:r w:rsidRPr="00270348">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="702AD1A3" w14:textId="23A3620C" w:rsidR="00AA622C" w:rsidRDefault="00AA622C" w:rsidP="00C22AE9">
+      <w:r w:rsidR="00AD51A2">
+        <w:t xml:space="preserve"> Les autres directives à l’attention des auteurs/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AD51A2">
+        <w:t>trices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AD51A2">
+        <w:t xml:space="preserve"> sont disponibles sur </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00AD51A2" w:rsidRPr="006633EF">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>https://www.unige.ch/fapse/editions/publications/re/directives</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00AD51A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702AD1A3" w14:textId="0DDE9418" w:rsidR="00AA622C" w:rsidRDefault="00AA622C" w:rsidP="00C22AE9">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
       <w:r w:rsidRPr="0009225C">
         <w:t>Titre</w:t>
       </w:r>
       <w:r w:rsidRPr="00B51AAE">
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="00FD2320">
         <w:t>l’article</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B51AAE">
-[...3 lines deleted...]
-    <w:p w14:paraId="5436DB80" w14:textId="77777777" w:rsidR="00F21A3E" w:rsidRDefault="00F21A3E" w:rsidP="00F21A3E">
+    </w:p>
+    <w:p w14:paraId="01591CCB" w14:textId="77777777" w:rsidR="00E208C8" w:rsidRDefault="00E208C8" w:rsidP="00E208C8">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F33DA">
+        <w:t>Métadonnées</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C478388" w14:textId="2082AAF0" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="008B67AB">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Auteurs et autrices</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB">
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A30E3">
+        <w:t>iste des auteurs et des autrices avec prénom et nom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C584B28" w14:textId="7419FB57" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="008B67AB">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Affiliations</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A30E3">
+        <w:t>ffiliations institutionnelles des auteurs et des autrices (entités principales, sans mention de faculté, section, etc.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CDEAC6F" w14:textId="08F9EB81" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="008B67AB">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Résumé</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB">
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A30E3">
+        <w:t>ésumé concis de votre article (1 000 signes au max.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2589F253" w14:textId="4900EC92" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="002A30E3">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Mots clés</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB">
+        <w:t xml:space="preserve"> mot clé 1, mot clé 2, mot clé 3, mot clé 4, mot clé 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8E710A" w14:textId="131902AD" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="008B67AB">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Titre en anglais</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A30E3">
+        <w:t>raduction du titre de l’article</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9B6F78" w14:textId="15163487" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="008B67AB">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A30E3">
+        <w:t>raduction du résumé.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28101494" w14:textId="73C9FFF9" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="002A30E3">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008B67AB">
+        <w:t xml:space="preserve"> keyword 1, keyword 2, keyword 3, keyword 4, keyword 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B92B809" w14:textId="29C35528" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="00E51EC2">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Notices biographiques</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51EC2" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51EC2">
+        <w:t xml:space="preserve"> p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A30E3">
+        <w:t>résentation du parcours académique, des titres, fonctions et domaines de recherche (sans faire référence à des publications spécifiques), rédigée à la troisième personne (700 signes max.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A99A590" w14:textId="4A493C2F" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="00971527">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Adresses de courriel</w:t>
+      </w:r>
+      <w:r w:rsidR="00971527" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>professionnel</w:t>
+      </w:r>
+      <w:r w:rsidR="00971527" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A30E3">
+        <w:t>seront utilisés pour la correspondance éditoriale et seront publiés avec l’article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B03BEE3" w14:textId="6AAD32EF" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="00971527">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:r w:rsidR="00971527" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="00971527">
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A30E3">
+        <w:t>dentifiants ORCID si disponible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E82510A" w14:textId="5A86DC6C" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="00971527">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Financement</w:t>
+      </w:r>
+      <w:r w:rsidR="00971527" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="00971527">
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A30E3">
+        <w:t>ources de soutien à la recherche et à la publication avec, le cas échéant, numéros de projets ou de subsides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE42480" w14:textId="1E6C8746" w:rsidR="00E208C8" w:rsidRPr="002A30E3" w:rsidRDefault="00E208C8" w:rsidP="00971527">
+      <w:pPr>
+        <w:ind w:left="227" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t>Déclaration de conflits d’intérêts</w:t>
+      </w:r>
+      <w:r w:rsidR="00971527" w:rsidRPr="00D97E83">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="00971527">
+        <w:t xml:space="preserve"> c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A30E3">
+        <w:t>onflits d’intérêts financier et non financier.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5436DB80" w14:textId="13D54986" w:rsidR="00F21A3E" w:rsidRDefault="00F21A3E" w:rsidP="00F21A3E">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B51AAE">
         <w:t>Titre</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F33DA">
         <w:t>interne</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> de niveau 1 : style « Titre 1 ».</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="578FA666" w14:textId="77777777" w:rsidR="00F21A3E" w:rsidRPr="00066010" w:rsidRDefault="00F21A3E" w:rsidP="00F21A3E">
+        <w:t xml:space="preserve"> de niveau 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A8C799" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00010F68">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. Fusce est.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781F876B" w14:textId="748C648B" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00010F68">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. Mauris et orci. Aenean nec lorem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF4E606" w14:textId="6E34A27B" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00010F68">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744A31E1" w14:textId="03D5218C" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00010F68">
+      <w:pPr>
+        <w:pStyle w:val="Figuresettableaux"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Figure 1 : Titre : sous-titre de la figure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE361C0" w14:textId="58F7B1FD" w:rsidR="00010F68" w:rsidRDefault="0009717D" w:rsidP="0009717D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31741206" wp14:editId="1B8188CC">
+            <wp:extent cx="2476500" cy="889000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Image 1" descr="Une image contenant texte, Police, logo, symbole&#10;&#10;Description générée automatiquement"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Image 1" descr="Une image contenant texte, Police, logo, symbole&#10;&#10;Description générée automatiquement"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2476500" cy="889000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DD2F47" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="0009717D">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75763834" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00010F68">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="596BDB40" w14:textId="45B4DB09" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00010F68">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578FA666" w14:textId="28148E98" w:rsidR="00F21A3E" w:rsidRDefault="00F21A3E" w:rsidP="00F21A3E">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00066010">
         <w:t xml:space="preserve">Titre </w:t>
       </w:r>
       <w:r w:rsidRPr="00C22AE9">
         <w:t>interne</w:t>
       </w:r>
       <w:r w:rsidRPr="00066010">
-        <w:t xml:space="preserve"> de niveau 2 : style « Titre 2 ».</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3CEF7C49" w14:textId="77777777" w:rsidR="00F21A3E" w:rsidRPr="00066010" w:rsidRDefault="00F21A3E" w:rsidP="00F21A3E">
+        <w:t xml:space="preserve"> de niveau 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CA1338" w14:textId="77777777" w:rsidR="001B1330" w:rsidRDefault="001B1330" w:rsidP="001B1330">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Nunc ac magna. Maecenas odio dolor, vulputate vel, auctor ac, accumsan id, felis. Pellentesque cursus sagittis felis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4150469A" w14:textId="77777777" w:rsidR="001B1330" w:rsidRDefault="001B1330" w:rsidP="001B1330">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Pellentesque porttitor, velit lacinia egestas auctor, diam eros tempus arcu, nec vulputate augue magna vel risus. Cras non magna vel ante adipiscing rhoncus. Vivamus a mi. Morbi neque. Aliquam erat volutpat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB15424" w14:textId="0C328404" w:rsidR="001B1330" w:rsidRPr="00795FF5" w:rsidRDefault="00795FF5" w:rsidP="00795FF5">
+      <w:pPr>
+        <w:pStyle w:val="Citation"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00795FF5">
+        <w:t xml:space="preserve">Citation de plus de quarante mots : </w:t>
+      </w:r>
+      <w:r w:rsidR="001B1330" w:rsidRPr="00795FF5">
+        <w:t>Integer ultrices lobortis eros. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin semper, ante vitae sollicitudin posuere, metus quam iaculis nibh, vitae scelerisque nunc massa eget pede. Sed velit urna, interdum vel, ultricies vel, faucibus at, quam. Donec elit est, consectetuer eget, consequat quis, tempus quis, wisi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303A3DF8" w14:textId="3504FD1F" w:rsidR="00FE4677" w:rsidRDefault="001B1330" w:rsidP="002C2E7B">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>In in nunc. Class aptent taciti sociosqu ad litora torquent per conubia nostra, per inceptos hymenaeos. Donec ullamcorper fringilla eros. Fusce in sapien eu purus dapibus commodo. Cum sociis natoque penatibus et magnis dis parturient montes, nascetur ridiculus mus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F93DFB" w14:textId="11C8A2F9" w:rsidR="002577A1" w:rsidRPr="00010F68" w:rsidRDefault="002577A1" w:rsidP="00010F68">
+      <w:pPr>
+        <w:pStyle w:val="Figuresettableaux"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F68">
+        <w:t>Tableau 1 : Titre du tableau : sous-titre du tableau.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2265"/>
+        <w:gridCol w:w="2265"/>
+        <w:gridCol w:w="2265"/>
+        <w:gridCol w:w="2265"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00010F68" w14:paraId="34481A0D" w14:textId="77777777" w:rsidTr="00010F68">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C735208" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1ED28C" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C80364C" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB001F7" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00010F68" w14:paraId="731BF8C5" w14:textId="77777777" w:rsidTr="00010F68">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1C3CD6" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F56CEF5" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="504E7873" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6FBFBF" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00010F68" w14:paraId="10CB5256" w14:textId="77777777" w:rsidTr="00010F68">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13239D79" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="585CE0D4" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2A15DB" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F956187" w14:textId="77777777" w:rsidR="00010F68" w:rsidRDefault="00010F68" w:rsidP="00FE4677">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="522E55C6" w14:textId="77777777" w:rsidR="001B1330" w:rsidRDefault="001B1330" w:rsidP="001B1330">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B4007A9" w14:textId="3257EE72" w:rsidR="001B1330" w:rsidRDefault="002C2E7B" w:rsidP="002C2E7B">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Cras faucibus condimentum odio. Sed ac ligula. Aliquam at eros. Etiam at ligula et tellus ullamcorper ultrices. In fermentum, lorem non cursus porttitor, diam urna accumsan lacus, sed interdum wisi nibh nec nisl.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CEF7C49" w14:textId="7D18DCA6" w:rsidR="00F21A3E" w:rsidRPr="00066010" w:rsidRDefault="00F21A3E" w:rsidP="001B1330">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:r w:rsidRPr="00066010">
-        <w:t>Titre interne de niveau 3 : style « Titre 3 ».</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4DF53D20" w14:textId="21D7210F" w:rsidR="00F21A3E" w:rsidRPr="00F21A3E" w:rsidRDefault="00F21A3E" w:rsidP="00F21A3E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Titre interne de niveau 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72636BFE" w14:textId="77777777" w:rsidR="002C2E7B" w:rsidRDefault="002C2E7B" w:rsidP="002C2E7B">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Texte : style « </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Ut tincidunt volutpat urna. Mauris eleifend nulla eget mauris. Sed cursus quam id felis. Curabitur posuere quam vel nibh. Cras dapibus dapibus nisl.Vestibulum quis dolor a felis congue vehicula. Maecenas pede purus, tristique ac, tempus eget, egestas quis, mauris. Curabitur non eros. Nullam hendrerit bibendum justo. Fusce iaculis, est quis lacinia pretium, pede metus molestie lacus, at gravida wisi ante at libero.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648C5123" w14:textId="3743471E" w:rsidR="002E15DD" w:rsidRDefault="002E15DD" w:rsidP="00ED5789">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t> ».</w:t>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Références bibliographiques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FAF843" w14:textId="4DCF1ABD" w:rsidR="00ED5789" w:rsidRPr="00ED5789" w:rsidRDefault="00CE797B" w:rsidP="00ED5789">
       <w:r>
-        <w:t>Auteurs</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="6B7E5C48" w14:textId="0F320A0D" w:rsidR="00E84025" w:rsidRDefault="00E84025" w:rsidP="00C22AE9">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:t>ormes APA :</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2A6C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00DD2A6C" w:rsidRPr="006633EF">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>https://www.unige.ch/fapse/editions/publications/re/directives</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DD2A6C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E41CF51" w14:textId="04608EF7" w:rsidR="00ED5789" w:rsidRPr="00ED5789" w:rsidRDefault="00F2511A" w:rsidP="00ED5789">
       <w:r>
-        <w:t>Liste des auteurs</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Autrice</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve">, A. (année). Titre : sous-titre de l’article. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+        </w:rPr>
+        <w:t>Nom de la revue</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+        </w:rPr>
+        <w:t>volume</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:t>(numéro), XX-ZZ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00ED5789" w:rsidRPr="006633EF">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>https://dx.doi.org/xxxxx</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7FB083F6" w14:textId="671F3425" w:rsidR="00ED5789" w:rsidRPr="00ED5789" w:rsidRDefault="00ED5789" w:rsidP="00ED5789">
+      <w:r w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve">Auteur, A., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2511A">
+        <w:t>Autrice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve">, B. (année). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5789">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+        </w:rPr>
+        <w:t>Titre : sous-titre du livre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve"> (X</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5789">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve"> éd.). Nom de la maison d’édition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300BB16E" w14:textId="3A99EDD3" w:rsidR="00ED5789" w:rsidRPr="00ED5789" w:rsidRDefault="00F2511A" w:rsidP="00ED5789">
       <w:r>
-        <w:t xml:space="preserve"> avec prénom et nom.</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="4C42572C" w14:textId="49759FF8" w:rsidR="00E84025" w:rsidRDefault="00CC121D" w:rsidP="00C22AE9">
+        <w:t>Autrice</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:t>, A., Auteur, B., &amp; Auteur, C. (année). Titre du chapitre. In A. Auteur, B. Auteur &amp; C. Auteur (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:t>Éds</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+        </w:rPr>
+        <w:t>Titre du livre</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve"> (pp. XX-ZZ). Nom de la maison d’édition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35447293" w14:textId="40C6B831" w:rsidR="00ED5789" w:rsidRPr="00ED5789" w:rsidRDefault="00ED5789" w:rsidP="00ED5789">
+      <w:r w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve">Auteur, A. (année originale/année de la traduction). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5789">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+        </w:rPr>
+        <w:t>Titre du livre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve"> (trad. par A. Traducteur). Nom de la maison d’édition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0C13B4" w14:textId="678C6B3F" w:rsidR="002E15DD" w:rsidRPr="00ED5789" w:rsidRDefault="00F2511A" w:rsidP="00457312">
       <w:r>
-        <w:t>A</w:t>
-[...285 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+        <w:t>Autrice</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve">, A. (année). </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+        </w:rPr>
+        <w:t>Titre de la thèse de doctorat</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:t xml:space="preserve"> [Thèse de doctorat en xxx, Université de xxx]. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5789" w:rsidRPr="00ED5789">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://archive-ouverte.universite.uni/xxx</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="002E15DD" w:rsidRPr="00ED5789" w:rsidSect="00FD2320">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B43D266" w14:textId="77777777" w:rsidR="00CC046E" w:rsidRDefault="00CC046E" w:rsidP="00C22AE9">
+    <w:p w14:paraId="3EDBA95E" w14:textId="77777777" w:rsidR="00F73ED7" w:rsidRDefault="00F73ED7" w:rsidP="00C22AE9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="483F1010" w14:textId="77777777" w:rsidR="00CC046E" w:rsidRDefault="00CC046E" w:rsidP="00C22AE9">
+    <w:p w14:paraId="0F64E597" w14:textId="77777777" w:rsidR="00F73ED7" w:rsidRDefault="00F73ED7" w:rsidP="00C22AE9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="6F12B94D" w14:textId="26532384" w:rsidR="00AA622C" w:rsidRPr="00AA622C" w:rsidRDefault="00AA622C" w:rsidP="00C22AE9">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r w:rsidRPr="00AA622C">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00AA622C">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00AA622C">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00AA622C">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00AA622C">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18B72E82" w14:textId="77777777" w:rsidR="00CC046E" w:rsidRDefault="00CC046E" w:rsidP="00C22AE9">
+    <w:p w14:paraId="0CD8DAB7" w14:textId="77777777" w:rsidR="00F73ED7" w:rsidRDefault="00F73ED7" w:rsidP="00C22AE9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37D98C7F" w14:textId="77777777" w:rsidR="00CC046E" w:rsidRDefault="00CC046E" w:rsidP="00C22AE9">
+    <w:p w14:paraId="40972C91" w14:textId="77777777" w:rsidR="00F73ED7" w:rsidRDefault="00F73ED7" w:rsidP="00C22AE9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="38427B6C" w14:textId="35B93AE9" w:rsidR="008E210E" w:rsidRDefault="008E210E" w:rsidP="00C22AE9">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:t>Raisons éducatives</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F53A3B10"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="37BC7D9A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="1ADCE136"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="73DC61C8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="9AEA78AE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3C0050A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="4C2A7BD6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="1D5E07E0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A31C01FE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="597690BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="130153EC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AC6EA34A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -718,51 +1450,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="229024A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84149A3A"/>
     <w:lvl w:ilvl="0" w:tplc="105E4D90">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Paragraphedeliste"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="947" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1667" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -832,51 +1564,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5987" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6707" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5365043B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6A0305E"/>
     <w:lvl w:ilvl="0" w:tplc="100C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -945,51 +1677,51 @@
     <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61C1769A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB040F60"/>
     <w:lvl w:ilvl="0" w:tplc="4AF64DA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1059,138 +1791,196 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="159123032">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2122065150">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="630552961">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="337922944">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1277519188">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="201287325">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1344896364">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1503928463">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="380785796">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="400955641">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1280380775">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="69280853">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2122065150">
+  <w:num w:numId="13" w16cid:durableId="2106681112">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="630552961">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="14" w16cid:durableId="130292932">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="260"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00526CF2"/>
+    <w:rsid w:val="00010F68"/>
     <w:rsid w:val="00035B63"/>
     <w:rsid w:val="00060B48"/>
     <w:rsid w:val="00066010"/>
     <w:rsid w:val="00081077"/>
     <w:rsid w:val="0009225C"/>
+    <w:rsid w:val="0009717D"/>
     <w:rsid w:val="000E6B64"/>
     <w:rsid w:val="00136CA0"/>
     <w:rsid w:val="0015794A"/>
     <w:rsid w:val="00194675"/>
     <w:rsid w:val="001A49A6"/>
+    <w:rsid w:val="001B0FD7"/>
+    <w:rsid w:val="001B1330"/>
     <w:rsid w:val="001C179E"/>
+    <w:rsid w:val="002577A1"/>
     <w:rsid w:val="00270348"/>
     <w:rsid w:val="00284D23"/>
+    <w:rsid w:val="002A30E3"/>
+    <w:rsid w:val="002C2E7B"/>
+    <w:rsid w:val="002E15DD"/>
+    <w:rsid w:val="00316654"/>
     <w:rsid w:val="00436036"/>
     <w:rsid w:val="00453AE3"/>
+    <w:rsid w:val="00457312"/>
     <w:rsid w:val="00472AF0"/>
     <w:rsid w:val="004F00BD"/>
     <w:rsid w:val="00524875"/>
     <w:rsid w:val="00526C0D"/>
     <w:rsid w:val="00526CF2"/>
+    <w:rsid w:val="006600B5"/>
     <w:rsid w:val="00751F0D"/>
+    <w:rsid w:val="00795FF5"/>
     <w:rsid w:val="008325CC"/>
+    <w:rsid w:val="008B67AB"/>
     <w:rsid w:val="008E210E"/>
     <w:rsid w:val="008F33DA"/>
+    <w:rsid w:val="00971527"/>
     <w:rsid w:val="009C3CA4"/>
     <w:rsid w:val="00A352B7"/>
     <w:rsid w:val="00A7626F"/>
+    <w:rsid w:val="00A86845"/>
     <w:rsid w:val="00A92D2A"/>
     <w:rsid w:val="00AA622C"/>
+    <w:rsid w:val="00AB0E4C"/>
     <w:rsid w:val="00AD1955"/>
+    <w:rsid w:val="00AD51A2"/>
     <w:rsid w:val="00AE4F24"/>
     <w:rsid w:val="00B51AAE"/>
     <w:rsid w:val="00B81672"/>
+    <w:rsid w:val="00BB64F6"/>
     <w:rsid w:val="00C203B3"/>
     <w:rsid w:val="00C22AE9"/>
     <w:rsid w:val="00C407CB"/>
+    <w:rsid w:val="00C97250"/>
     <w:rsid w:val="00CB6E33"/>
     <w:rsid w:val="00CC046E"/>
     <w:rsid w:val="00CC121D"/>
+    <w:rsid w:val="00CE797B"/>
+    <w:rsid w:val="00D97E83"/>
     <w:rsid w:val="00DB778C"/>
+    <w:rsid w:val="00DD2A6C"/>
     <w:rsid w:val="00DE6910"/>
+    <w:rsid w:val="00E208C8"/>
     <w:rsid w:val="00E505A0"/>
+    <w:rsid w:val="00E51EC2"/>
     <w:rsid w:val="00E84025"/>
     <w:rsid w:val="00EB39E7"/>
+    <w:rsid w:val="00ED5789"/>
     <w:rsid w:val="00F21A3E"/>
+    <w:rsid w:val="00F2511A"/>
+    <w:rsid w:val="00F73ED7"/>
     <w:rsid w:val="00FB20AC"/>
     <w:rsid w:val="00FD2320"/>
+    <w:rsid w:val="00FE4677"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1E2267C9"/>
@@ -1571,53 +2361,53 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C22AE9"/>
+    <w:rsid w:val="00795FF5"/>
     <w:pPr>
-      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008F33DA"/>
     <w:pPr>
       <w:spacing w:before="720" w:after="240"/>
       <w:ind w:firstLine="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -1646,62 +2436,65 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Titre2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre3Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00066010"/>
     <w:pPr>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre4Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00270348"/>
+    <w:rsid w:val="00BB64F6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="8" w:space="1" w:color="FF0000"/>
         <w:left w:val="single" w:sz="8" w:space="4" w:color="FF0000"/>
         <w:bottom w:val="single" w:sz="8" w:space="1" w:color="FF0000"/>
         <w:right w:val="single" w:sz="8" w:space="4" w:color="FF0000"/>
       </w:pBdr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="227" w:firstLine="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
+      <w:b/>
+      <w:bCs/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
@@ -1914,54 +2707,136 @@
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="lev">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00C407CB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
     <w:name w:val="Titre 4 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00270348"/>
+    <w:rsid w:val="00BB64F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:color w:val="FF0000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertexte">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED5789"/>
+    <w:rPr>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED5789"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figuresettableaux">
+    <w:name w:val="Figures et tableaux"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00010F68"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00010F68"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citation">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitationCar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00795FF5"/>
+    <w:pPr>
+      <w:ind w:left="227" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitationCar">
+    <w:name w:val="Citation Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Citation"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00795FF5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:noProof/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="359935341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1230652136">
           <w:blockQuote w:val="1"/>
@@ -2044,51 +2919,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1789931150">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unige.ch/fapse/editions/publications/re/directives" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/xxxxx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unige.ch/fapse/editions/publications/re/directives" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2346,70 +3221,73 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1213</Characters>
+  <Pages>3</Pages>
+  <Words>748</Words>
+  <Characters>4302</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1431</CharactersWithSpaces>
+  <CharactersWithSpaces>5014</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>