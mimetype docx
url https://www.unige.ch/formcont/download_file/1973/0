--- v0 (2026-03-01)
+++ v1 (2026-03-26)
@@ -18,264 +18,262 @@
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1D2D391B" w14:textId="79B6383B" w:rsidR="00E167C4" w:rsidRPr="008578AA" w:rsidRDefault="00E167C4">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61AF3817" w14:textId="581A16B6" w:rsidR="00165347" w:rsidRPr="008578AA" w:rsidRDefault="00165347" w:rsidP="003C4962">
+    <w:p w14:paraId="61AF3817" w14:textId="4500AFEF" w:rsidR="00165347" w:rsidRPr="008578AA" w:rsidRDefault="00165347" w:rsidP="003C4962">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Fellowship Application Form 2024-2025</w:t>
+        <w:t>Fellowship Application Form 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00154E6C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008578AA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00154E6C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4393E2E7" w14:textId="77777777" w:rsidR="00165347" w:rsidRPr="008578AA" w:rsidRDefault="00165347" w:rsidP="00165347">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22B3BB39" w14:textId="37AC4AFB" w:rsidR="007A60F3" w:rsidRPr="008578AA" w:rsidRDefault="00165347" w:rsidP="005F7A7F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Thank you for applying for admission to the CAS International Cultural Heritage Law and Provenance Studies. We are aware that the costs related to this program may be high, especially for those of you applying from outside Switzerland. While our program does not have sufficient funds to offer many full fellowships, be assured that we </w:t>
       </w:r>
       <w:r w:rsidR="007A60F3" w:rsidRPr="008578AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">are committed to inclusivity and diversity in this program. Fellowships are intended to cover only a portion of the registration fee and will be awarded </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007A60F3" w:rsidRPr="008578AA">
+        <w:t>are committed to inclusivity and diversity in this program. Fellowships are intended to cover only a portion of the registration fee and will be awarded on the basis of strict eligibility requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A143E3" w14:textId="77777777" w:rsidR="005F7A7F" w:rsidRDefault="005F7A7F" w:rsidP="005F7A7F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>on the basis of</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007A60F3" w:rsidRPr="008578AA">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64223CFE" w14:textId="36644C30" w:rsidR="007A60F3" w:rsidRPr="008578AA" w:rsidRDefault="007A60F3" w:rsidP="005F7A7F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> strict eligibility requirements.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Please also note that applications will be processed on a first-come, first-served basis, just like fellowship applications. Therefore, we ask that you submit your registration and fellowship applications at the same time through the</w:t>
+      </w:r>
+      <w:r w:rsidR="00982E06">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> online</w:t>
+      </w:r>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please also note that applications will be processed on a first-come, first-served basis, just like fellowship applications. Therefore, we ask that you submit your registration and fellowship applications at the same time through the</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00982E06">
+        <w:t xml:space="preserve"> registration portal.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7A7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> online</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008578AA">
+        <w:t xml:space="preserve"> The deadline for admission and fellowship applications is </w:t>
+      </w:r>
+      <w:r w:rsidR="00252B61">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> registration portal.</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidR="005F7A7F" w:rsidRPr="005F7A7F">
+        <w:t>May 31</w:t>
+      </w:r>
+      <w:r w:rsidR="00252B61" w:rsidRPr="00252B61">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>th</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="005F7A7F">
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00252B61">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2024</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="005F7A7F">
+        <w:t xml:space="preserve"> 2026. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011C4D5E" w14:textId="77777777" w:rsidR="00AF5ED0" w:rsidRPr="008578AA" w:rsidRDefault="00AF5ED0" w:rsidP="005F7A7F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...13 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D082F67" w14:textId="3907136A" w:rsidR="001D691E" w:rsidRPr="001D691E" w:rsidRDefault="0035053D" w:rsidP="005F7A7F">
+    <w:p w14:paraId="610F2D72" w14:textId="77777777" w:rsidR="00252B61" w:rsidRDefault="0035053D" w:rsidP="005F7A7F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035053D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>To apply for a scholarship please complete and sign th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
@@ -314,199 +312,190 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a 500 words (max.) description </w:t>
       </w:r>
       <w:r w:rsidR="001D691E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="001D691E" w:rsidRPr="001D691E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>f the main motives for your scholarship request, in English.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1BE7F0" w14:textId="3ED7C9D5" w:rsidR="0035053D" w:rsidRPr="0035053D" w:rsidRDefault="0035053D" w:rsidP="005F7A7F">
+    <w:p w14:paraId="658A9524" w14:textId="77777777" w:rsidR="00252B61" w:rsidRDefault="00252B61" w:rsidP="005F7A7F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0035053D">
+    </w:p>
+    <w:p w14:paraId="4C1BE7F0" w14:textId="1E4F5C09" w:rsidR="0035053D" w:rsidRPr="0035053D" w:rsidRDefault="0035053D" w:rsidP="005F7A7F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>In addition to this form</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C20730">
+      </w:pPr>
+      <w:r w:rsidRPr="0035053D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and your motivation letter</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0035053D">
+        <w:t>In addition to this form</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20730">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, please submit the following supporting documents, translated into English, if necessary (English translations do not need to be officially certified for this purpose</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> and your motivation letter</w:t>
+      </w:r>
       <w:r w:rsidRPr="0035053D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>, please submit the following supporting documents, translated into English, if necessary (English translations do not need to be officially certified for this purpose)</w:t>
+      </w:r>
       <w:r w:rsidR="00982E06">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> into a single PDF file</w:t>
       </w:r>
       <w:r w:rsidRPr="0035053D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="659DBC2D" w14:textId="77777777" w:rsidR="0035053D" w:rsidRPr="0035053D" w:rsidRDefault="0035053D" w:rsidP="005F7A7F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035053D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Copies of official statements of </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Copies of official statements of income;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6F48E9F4" w14:textId="77777777" w:rsidR="0035053D" w:rsidRPr="0035053D" w:rsidRDefault="0035053D" w:rsidP="005F7A7F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035053D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Official statement from a bank or other savings institution, and/or tax forms, indicating available funds and </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Official statement from a bank or other savings institution, and/or tax forms, indicating available funds and assets;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5B442D26" w14:textId="77777777" w:rsidR="0035053D" w:rsidRPr="0035053D" w:rsidRDefault="0035053D" w:rsidP="005F7A7F">
+    <w:p w14:paraId="78849567" w14:textId="77777777" w:rsidR="00252B61" w:rsidRDefault="0035053D" w:rsidP="00252B61">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035053D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Copies of responses to your other scholarship and/or loan requests, including from employers, if applicable.</w:t>
+        <w:t>Copies of responses to your other scholarship and/or loan requests, including from employers, if applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="00252B61">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61850037" w14:textId="3E48E66C" w:rsidR="0035053D" w:rsidRPr="0035053D" w:rsidRDefault="0035053D" w:rsidP="005F7A7F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035053D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Without </w:t>
       </w:r>
       <w:r w:rsidR="00BA2055">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>these documents</w:t>
       </w:r>
       <w:r w:rsidRPr="0035053D">
         <w:rPr>
@@ -655,112 +644,114 @@
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4892"/>
         <w:gridCol w:w="682"/>
         <w:gridCol w:w="4892"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA4530" w:rsidRPr="000E633B" w14:paraId="5B279E2C" w14:textId="77777777" w:rsidTr="001000CD">
+      <w:tr w:rsidR="00AA4530" w:rsidRPr="00252B61" w14:paraId="5B279E2C" w14:textId="77777777" w:rsidTr="001000CD">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="870032077"/>
             <w:placeholder>
               <w:docPart w:val="2487661A80EC4E9D9D47BBB75D441516"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="106C5574" w14:textId="1DF43EF4" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6CBAC187" w14:textId="77777777" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="293716612"/>
             <w:placeholder>
               <w:docPart w:val="8208761637334F738D0DE5EE7E37843A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="27170A53" w14:textId="4B3D98C6" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -799,144 +790,146 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="094A79BD" w14:textId="65BB4D7E" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>First name(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4530" w:rsidRPr="000E633B" w14:paraId="56B6DC41" w14:textId="77777777" w:rsidTr="001000CD">
+      <w:tr w:rsidR="00AA4530" w:rsidRPr="00252B61" w14:paraId="56B6DC41" w14:textId="77777777" w:rsidTr="001000CD">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1643232225"/>
             <w:placeholder>
               <w:docPart w:val="E2D32DA2ED2C4904BBC2A1FC8E84A965"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="fr-CH"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="5F07D124" w14:textId="67172D37" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="002C0188">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7359E2A5" w14:textId="77777777" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="26762956"/>
             <w:placeholder>
               <w:docPart w:val="B70A9EAD7D3842579D51C2EF153CB808"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="49EF429F" w14:textId="0400C98F" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00AA4530" w:rsidRPr="000E633B" w14:paraId="7A83B0FE" w14:textId="77777777" w:rsidTr="001000CD">
+      <w:tr w:rsidR="00AA4530" w:rsidRPr="00252B61" w14:paraId="7A83B0FE" w14:textId="77777777" w:rsidTr="001000CD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="402C9CA1" w14:textId="1CECA9E5" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="pct"/>
           </w:tcPr>
@@ -948,91 +941,92 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A819F5D" w14:textId="3BC39C5E" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Place and country of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A90616" w:rsidRPr="000E633B" w14:paraId="1B0121FA" w14:textId="77777777" w:rsidTr="00A90616">
+      <w:tr w:rsidR="00A90616" w:rsidRPr="00252B61" w14:paraId="1B0121FA" w14:textId="77777777" w:rsidTr="00A90616">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-495269862"/>
             <w:placeholder>
               <w:docPart w:val="35603068FCB4416ABB413BCAAC0AA36B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5000" w:type="pct"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="4A2AA809" w14:textId="63BC754F" w:rsidR="00A90616" w:rsidRPr="008578AA" w:rsidRDefault="00A90616">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00AA4530" w:rsidRPr="000E633B" w14:paraId="47FFA9DF" w14:textId="77777777" w:rsidTr="001000CD">
+      <w:tr w:rsidR="00AA4530" w:rsidRPr="00252B61" w14:paraId="47FFA9DF" w14:textId="77777777" w:rsidTr="001000CD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="15813CA7" w14:textId="520E9208" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Residence address – Street / Street number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="pct"/>
             <w:tcBorders>
@@ -1041,112 +1035,114 @@
           </w:tcPr>
           <w:p w14:paraId="4B4A7110" w14:textId="77777777" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1A009B6D" w14:textId="36112879" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4530" w:rsidRPr="000E633B" w14:paraId="5B1C5DB9" w14:textId="77777777" w:rsidTr="001000CD">
+      <w:tr w:rsidR="00AA4530" w:rsidRPr="00252B61" w14:paraId="5B1C5DB9" w14:textId="77777777" w:rsidTr="001000CD">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1619949265"/>
             <w:placeholder>
               <w:docPart w:val="89ACE3D527D54142AA33A232BDBAD8D3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="3624BBE9" w14:textId="49A56E44" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="199EC100" w14:textId="77777777" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="698587721"/>
             <w:placeholder>
               <w:docPart w:val="2BE4C7C088D342F3A71542AF295AB761"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="3A49A2B3" w14:textId="214001B1" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1185,112 +1181,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0FACDFAD" w14:textId="3EEE40C4" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4530" w:rsidRPr="000E633B" w14:paraId="26ED9B3E" w14:textId="77777777" w:rsidTr="001000CD">
+      <w:tr w:rsidR="00AA4530" w:rsidRPr="00252B61" w14:paraId="26ED9B3E" w14:textId="77777777" w:rsidTr="001000CD">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1859802811"/>
             <w:placeholder>
               <w:docPart w:val="C513F92FE8074B248A40D506C68E2E26"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2C77CA0B" w14:textId="07D064B7" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="07288478" w14:textId="77777777" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="37401439"/>
             <w:placeholder>
               <w:docPart w:val="9AC883F8E89F4833A5BB60341640E1E1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="0A8EE4D6" w14:textId="4B53A0E9" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1329,112 +1327,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="36EAA461" w14:textId="0661649D" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Phone (mobile)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4530" w:rsidRPr="000E633B" w14:paraId="1000237F" w14:textId="77777777" w:rsidTr="001000CD">
+      <w:tr w:rsidR="00AA4530" w:rsidRPr="00252B61" w14:paraId="1000237F" w14:textId="77777777" w:rsidTr="001000CD">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1816908564"/>
             <w:placeholder>
               <w:docPart w:val="8CB7198CD8A349AF86113C8280C4BE73"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="10C61F77" w14:textId="0602938D" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4970A96D" w14:textId="77777777" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="2113936400"/>
             <w:placeholder>
               <w:docPart w:val="6BADCCA2F55F4132BD640D5BE5CADB0E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="1BB1D334" w14:textId="788EA3A5" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1473,112 +1473,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AD9EC3C" w14:textId="7C6AAA88" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Phone (private)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4530" w:rsidRPr="000E633B" w14:paraId="2F10FC42" w14:textId="77777777" w:rsidTr="001000CD">
+      <w:tr w:rsidR="00AA4530" w:rsidRPr="00252B61" w14:paraId="2F10FC42" w14:textId="77777777" w:rsidTr="001000CD">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1502539680"/>
             <w:placeholder>
               <w:docPart w:val="CCA26F914F594DE19419ACE72AAE1647"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="7124FCE6" w14:textId="25AAE777" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="425AFFDA" w14:textId="77777777" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00AA4530">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="2143609203"/>
             <w:placeholder>
               <w:docPart w:val="5F46C42615174C409CD6E0C7C8598BB0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2337" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="33070329" w14:textId="31EA57A8" w:rsidR="00AA4530" w:rsidRPr="008578AA" w:rsidRDefault="00FD1ABB">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008578AA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1678,137 +1680,140 @@
       </w:r>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="998000657"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0099608C" w:rsidRPr="008578AA">
             <w:rPr>
               <w:rFonts w:eastAsia="MS Gothic"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-474984450"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0099608C" w:rsidRPr="008578AA">
             <w:rPr>
               <w:rFonts w:eastAsia="MS Gothic"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33B86318" w14:textId="63C04030" w:rsidR="004D204B" w:rsidRPr="00EF32E1" w:rsidRDefault="004D204B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Employer </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-1461721608"/>
           <w:placeholder>
             <w:docPart w:val="D87B2717B97340ABB4D6FBEB53F86BE9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0099608C" w:rsidRPr="008578AA">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1FB388F2" w14:textId="29628E94" w:rsidR="00A7061C" w:rsidRPr="008578AA" w:rsidRDefault="00A7061C" w:rsidP="00A7061C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -1854,89 +1859,91 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="auto"/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="39710968"/>
           <w:placeholder>
             <w:docPart w:val="28C3AE0956EF4A9A8142FB6390B26B28"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="008578AA">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Since : .</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="auto"/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-399528192"/>
           <w:placeholder>
             <w:docPart w:val="9321A80EDBDC445786DF42A7EA606CDD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="008578AA">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4599786A" w14:textId="61119642" w:rsidR="00A7061C" w:rsidRPr="008578AA" w:rsidRDefault="00A7061C" w:rsidP="00A7061C">
       <w:pPr>
@@ -1953,213 +1960,240 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Your monthly net income : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="auto"/>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-36981707"/>
           <w:placeholder>
             <w:docPart w:val="7DC0FA2ECB004B0AA00ED5058C6F7E1B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005C186E" w:rsidRPr="008578AA">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1E270215" w14:textId="3A563C97" w:rsidR="004B1DEC" w:rsidRPr="00EF32E1" w:rsidRDefault="00A7061C" w:rsidP="00A7061C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Your net earnings in the last 12 months :</w:t>
       </w:r>
       <w:r w:rsidR="005C186E" w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1337814042"/>
           <w:placeholder>
             <w:docPart w:val="515C6B26FA5943E98EE34F708EF77DB8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005C186E" w:rsidRPr="008578AA">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0AE9B138" w14:textId="77777777" w:rsidR="002C2CEF" w:rsidRPr="00EF32E1" w:rsidRDefault="002C2CEF" w:rsidP="00A7061C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="719CADD0" w14:textId="6369C704" w:rsidR="008578AA" w:rsidRPr="008578AA" w:rsidRDefault="002C2CEF" w:rsidP="00A7061C">
+    <w:p w14:paraId="719CADD0" w14:textId="0CCEA2E2" w:rsidR="008578AA" w:rsidRPr="008578AA" w:rsidRDefault="002C2CEF" w:rsidP="00A7061C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">From which of the following sources do you expect to receive support for </w:t>
       </w:r>
       <w:r w:rsidR="004B5E66" w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the CAS Program</w:t>
       </w:r>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> expenses (tuition </w:t>
       </w:r>
       <w:r w:rsidR="00165D89" w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>fees and/or material such as end device</w:t>
       </w:r>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">) in 2024/2025, and in which amount (in </w:t>
+        <w:t>) in 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00252B61">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008578AA">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00252B61">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008578AA">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and in which amount (in </w:t>
       </w:r>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>local currency and in CHF</w:t>
       </w:r>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1742"/>
         <w:gridCol w:w="1742"/>
         <w:gridCol w:w="1743"/>
         <w:gridCol w:w="1743"/>
         <w:gridCol w:w="1743"/>
         <w:gridCol w:w="1743"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE7417" w:rsidRPr="000E633B" w14:paraId="34FC9ACE" w14:textId="77777777" w:rsidTr="000548B8">
+      <w:tr w:rsidR="00DE7417" w:rsidRPr="00252B61" w14:paraId="34FC9ACE" w14:textId="77777777" w:rsidTr="000548B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1742" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69B11FB1" w14:textId="16D212AB" w:rsidR="000548B8" w:rsidRPr="008578AA" w:rsidRDefault="000548B8" w:rsidP="00A7061C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Your income</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1936168230"/>
             <w:placeholder>
               <w:docPart w:val="6258504DC3954CC8917739D6E7F63B65"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1742" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4B19BDE4" w14:textId="17165C65" w:rsidR="000548B8" w:rsidRPr="00691EB9" w:rsidRDefault="00691EB9" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00691EB9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
@@ -2168,50 +2202,51 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Family income</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1239248203"/>
             <w:placeholder>
               <w:docPart w:val="772AC043F770462088CAE45D8F96788E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1743" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6E74E31B" w14:textId="3ECE5B82" w:rsidR="000548B8" w:rsidRPr="00691EB9" w:rsidRDefault="00691EB9" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00691EB9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
@@ -2226,74 +2261,75 @@
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Government</w:t>
             </w:r>
             <w:r w:rsidR="00F134AC" w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> aid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1035809903"/>
             <w:placeholder>
               <w:docPart w:val="07DF8DBEA9C5452C92E4777BC52662DB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1743" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="55B251E5" w14:textId="763F3D85" w:rsidR="000548B8" w:rsidRPr="00691EB9" w:rsidRDefault="00691EB9" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00691EB9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00DE7417" w:rsidRPr="000E633B" w14:paraId="4E236C6B" w14:textId="77777777" w:rsidTr="000548B8">
+      <w:tr w:rsidR="00DE7417" w:rsidRPr="00252B61" w14:paraId="4E236C6B" w14:textId="77777777" w:rsidTr="000548B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1742" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59CB97CB" w14:textId="1155669D" w:rsidR="000548B8" w:rsidRPr="008578AA" w:rsidRDefault="000548B8" w:rsidP="00A7061C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Your assets</w:t>
             </w:r>
             <w:r w:rsidR="00F134AC" w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
@@ -2304,50 +2340,51 @@
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>savings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="287096215"/>
             <w:placeholder>
               <w:docPart w:val="B2BF7C4FC6B143CAAE7BB630C3A05238"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1742" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="728B211B" w14:textId="5FC5CF02" w:rsidR="000548B8" w:rsidRPr="00691EB9" w:rsidRDefault="00691EB9" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00691EB9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
@@ -2380,50 +2417,51 @@
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>savings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1663890059"/>
             <w:placeholder>
               <w:docPart w:val="5B68FFEE561E4B35B6F1C7B46FDBA99D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1743" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3DF6C5F5" w14:textId="11A61BD0" w:rsidR="000548B8" w:rsidRPr="00691EB9" w:rsidRDefault="00691EB9" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00691EB9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
@@ -2432,104 +2470,106 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Agencies / Foundations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-793989989"/>
             <w:placeholder>
               <w:docPart w:val="C860D340134B471FAA72C05271D93777"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1743" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="287290A2" w14:textId="058E4E34" w:rsidR="000548B8" w:rsidRPr="00691EB9" w:rsidRDefault="00691EB9" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00691EB9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00DE7417" w:rsidRPr="000E633B" w14:paraId="0A2E5E18" w14:textId="77777777" w:rsidTr="000548B8">
+      <w:tr w:rsidR="00DE7417" w:rsidRPr="00252B61" w14:paraId="0A2E5E18" w14:textId="77777777" w:rsidTr="000548B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1742" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40032F58" w14:textId="048C7514" w:rsidR="000548B8" w:rsidRPr="008578AA" w:rsidRDefault="00DE7417" w:rsidP="00A7061C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Relatives / Friends</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-363055046"/>
             <w:placeholder>
               <w:docPart w:val="E690110016424988B99B189CA71B323E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1742" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="553C2114" w14:textId="2E938503" w:rsidR="000548B8" w:rsidRPr="00691EB9" w:rsidRDefault="00691EB9" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00691EB9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
@@ -2538,50 +2578,51 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Current employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1599097831"/>
             <w:placeholder>
               <w:docPart w:val="016D3ABC6D2945659722CE0632C1EDE5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1743" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3A6A922B" w14:textId="4747B270" w:rsidR="000548B8" w:rsidRPr="00691EB9" w:rsidRDefault="00691EB9" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00691EB9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
@@ -2590,74 +2631,75 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1536615739"/>
             <w:placeholder>
               <w:docPart w:val="CFC911A8FB3E4D518F24FFCFB83937CF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1743" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4934D078" w14:textId="3E773A13" w:rsidR="000548B8" w:rsidRPr="00691EB9" w:rsidRDefault="00691EB9" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00691EB9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00F134AC" w:rsidRPr="000E633B" w14:paraId="23C06A5B" w14:textId="77777777" w:rsidTr="00574CDA">
+      <w:tr w:rsidR="00F134AC" w:rsidRPr="00252B61" w14:paraId="23C06A5B" w14:textId="77777777" w:rsidTr="00574CDA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1742" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="673027E8" w14:textId="77777777" w:rsidR="00F134AC" w:rsidRPr="00691EB9" w:rsidRDefault="00F134AC" w:rsidP="00A7061C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1742" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D77D303" w14:textId="77777777" w:rsidR="00F134AC" w:rsidRPr="00691EB9" w:rsidRDefault="00F134AC" w:rsidP="00A7061C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2693,50 +2735,51 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="651023749"/>
             <w:placeholder>
               <w:docPart w:val="AB109AE64509432C8731B7BBFF12B740"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1743" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="075A06B8" w14:textId="60E646CD" w:rsidR="00F134AC" w:rsidRPr="00691EB9" w:rsidRDefault="00691EB9" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00691EB9">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="79D83027" w14:textId="77777777" w:rsidR="000548B8" w:rsidRPr="00691EB9" w:rsidRDefault="000548B8" w:rsidP="00A7061C">
@@ -2784,51 +2827,51 @@
     <w:p w14:paraId="06F8C88F" w14:textId="277C09E7" w:rsidR="000627A4" w:rsidRPr="008578AA" w:rsidRDefault="00DF2B49" w:rsidP="00A7061C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008578AA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>List all your current scholarship/loan applications, including requests of support from your current employer:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2614"/>
         <w:gridCol w:w="2614"/>
         <w:gridCol w:w="2614"/>
         <w:gridCol w:w="2614"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E796E" w:rsidRPr="000E633B" w14:paraId="404F295C" w14:textId="77777777" w:rsidTr="007E796E">
+      <w:tr w:rsidR="007E796E" w:rsidRPr="00252B61" w14:paraId="404F295C" w14:textId="77777777" w:rsidTr="007E796E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="03927986" w14:textId="495C798E" w:rsidR="007E796E" w:rsidRPr="008578AA" w:rsidRDefault="007E796E" w:rsidP="00A7061C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Organization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="254CB6DD" w14:textId="22595366" w:rsidR="007E796E" w:rsidRPr="008578AA" w:rsidRDefault="007E796E" w:rsidP="00A7061C">
             <w:pPr>
               <w:rPr>
@@ -2858,471 +2901,483 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Award notification date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0078DA78" w14:textId="1EEEEDFE" w:rsidR="007E796E" w:rsidRPr="008578AA" w:rsidRDefault="007E796E" w:rsidP="00A7061C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008578AA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Amount expected (local currency + CHF)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E796E" w:rsidRPr="000E633B" w14:paraId="3EF50A4E" w14:textId="77777777" w:rsidTr="007E796E">
+      <w:tr w:rsidR="007E796E" w:rsidRPr="00252B61" w14:paraId="3EF50A4E" w14:textId="77777777" w:rsidTr="007E796E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="842516002"/>
             <w:placeholder>
               <w:docPart w:val="70CD6979AE9B4944A59AAF76450F4A55"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="37F28A5C" w14:textId="3233A634" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="002A2758" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="002A2758">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="1023292491"/>
             <w:placeholder>
               <w:docPart w:val="C65C80B5864F42F58C06075D8CF78F9F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="fr-CH"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="6EB2C063" w14:textId="36CDD418" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="002A2758" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="002A2758">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="1527601088"/>
             <w:placeholder>
               <w:docPart w:val="ED51EFFADB7A409185BCC5A19075F1D7"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="fr-CH"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="5A8B956B" w14:textId="5EC6B663" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="002A2758" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="002A2758">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="-1642810279"/>
             <w:placeholder>
               <w:docPart w:val="293D382DB18C455F973B431F38255AB3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="37F002A9" w14:textId="171B5A67" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="00A213A4" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A213A4">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E796E" w:rsidRPr="000E633B" w14:paraId="1E5018B8" w14:textId="77777777" w:rsidTr="007E796E">
+      <w:tr w:rsidR="007E796E" w:rsidRPr="00252B61" w14:paraId="1E5018B8" w14:textId="77777777" w:rsidTr="007E796E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="266269155"/>
             <w:placeholder>
               <w:docPart w:val="6FAB8F968F794039B99E717D5A72AA2E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="59991B51" w14:textId="060148A3" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="00A213A4" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A213A4">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="590593071"/>
             <w:placeholder>
               <w:docPart w:val="429FAAAA99F04AF2BD6605213C94099E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="fr-CH"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="61B9C91E" w14:textId="5CD0BDCB" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="00A213A4" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A213A4">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="2070988451"/>
             <w:placeholder>
               <w:docPart w:val="757FFCEB27314CBABFC387F1FC3DA7F8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="fr-CH"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="2F6563CF" w14:textId="6234AF76" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="00A213A4" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A213A4">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="933867751"/>
             <w:placeholder>
               <w:docPart w:val="EEB8B093AE19481BBBDA165A60EA483D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="5FB2C2DB" w14:textId="77BD73EE" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="00A213A4" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A213A4">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E796E" w:rsidRPr="000E633B" w14:paraId="032100E8" w14:textId="77777777" w:rsidTr="007E796E">
+      <w:tr w:rsidR="007E796E" w:rsidRPr="00252B61" w14:paraId="032100E8" w14:textId="77777777" w:rsidTr="007E796E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="-1494099399"/>
             <w:placeholder>
               <w:docPart w:val="954FEB7915BB4A2288E88EBD883763C3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="01D105E4" w14:textId="11B8563C" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="00A213A4" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A213A4">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="1407806050"/>
             <w:placeholder>
               <w:docPart w:val="BA05CB9F99464860B877DDEF9CD0D2F5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="fr-CH"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="4ADBB466" w14:textId="4C15328F" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="00A213A4" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A213A4">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="-2018149846"/>
             <w:placeholder>
               <w:docPart w:val="1D0B6E2463CC43189773DB8945064EBD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="fr-CH"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="69A48C37" w14:textId="78ED10AC" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="00A213A4" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A213A4">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:id w:val="971794544"/>
             <w:placeholder>
               <w:docPart w:val="EA4345C6132F45BBA87A3E8F591FA8B7"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1250" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="68A3FEAF" w14:textId="7C6FD5CE" w:rsidR="007E796E" w:rsidRPr="002A2758" w:rsidRDefault="00A213A4" w:rsidP="00A7061C">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A213A4">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:lang w:val="fr-CH"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B167464" w14:textId="77777777" w:rsidR="007069BD" w:rsidRPr="002A2758" w:rsidRDefault="007069BD" w:rsidP="00A7061C">
@@ -3413,50 +3468,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00D90240">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Place </w:t>
       </w:r>
       <w:r w:rsidR="00D90240" w:rsidRPr="00D90240">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">&amp; Date </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="2088103103"/>
           <w:placeholder>
             <w:docPart w:val="6A02FAED86954D739403BEE9B9BBFC5B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D90240" w:rsidRPr="00D90240">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3D16E546" w14:textId="5F428929" w:rsidR="00D90240" w:rsidRDefault="00D90240" w:rsidP="00A7061C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Applicant’s signature</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="677E6E6D" w14:textId="77777777" w:rsidR="00D90240" w:rsidRDefault="00D90240" w:rsidP="00A7061C">
@@ -3521,202 +3577,213 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FFE567D" w14:textId="77777777" w:rsidR="00076C5F" w:rsidRDefault="00076C5F" w:rsidP="00BD79C1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00076C5F" w:rsidSect="000F448F">
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43557B5F" w14:textId="77777777" w:rsidR="00DB159D" w:rsidRDefault="00DB159D" w:rsidP="00165347">
+    <w:p w14:paraId="3CA1D08B" w14:textId="77777777" w:rsidR="00953D19" w:rsidRDefault="00953D19" w:rsidP="00165347">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3636557C" w14:textId="77777777" w:rsidR="00DB159D" w:rsidRDefault="00DB159D" w:rsidP="00165347">
+    <w:p w14:paraId="37A3BC77" w14:textId="77777777" w:rsidR="00953D19" w:rsidRDefault="00953D19" w:rsidP="00165347">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Latha">
-    <w:panose1 w:val="02000400000000000000"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00100003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4EE9EA36" w14:textId="59378143" w:rsidR="00B5111E" w:rsidRPr="000E633B" w:rsidRDefault="009F2827" w:rsidP="00B5111E">
+  <w:p w14:paraId="4EE9EA36" w14:textId="146219B6" w:rsidR="00B5111E" w:rsidRPr="00F66C52" w:rsidRDefault="009F2827" w:rsidP="00B5111E">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Fellowship</w:t>
     </w:r>
     <w:r w:rsidRPr="009F2827">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> form / </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>CAS</w:t>
     </w:r>
     <w:r w:rsidRPr="009F2827">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Int. Cult. Heritage Law and Provenance Studies 2024/2025</w:t>
+      <w:t xml:space="preserve"> Int. Cult. Heritage Law and Provenance Studies 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00252B61">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009F2827">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="00252B61">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="009F2827">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="009F2827">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="009F2827">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B5111E" w:rsidRPr="009F2827">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00B5111E" w:rsidRPr="009F2827">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00B5111E" w:rsidRPr="009F2827">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B5111E" w:rsidRPr="000E633B">
+    <w:r w:rsidR="00B5111E" w:rsidRPr="00F66C52">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00B5111E" w:rsidRPr="009F2827">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D132E46" w14:textId="77777777" w:rsidR="00DB159D" w:rsidRDefault="00DB159D" w:rsidP="00165347">
+    <w:p w14:paraId="214AD147" w14:textId="77777777" w:rsidR="00953D19" w:rsidRDefault="00953D19" w:rsidP="00165347">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="097AF6A4" w14:textId="77777777" w:rsidR="00DB159D" w:rsidRDefault="00DB159D" w:rsidP="00165347">
+    <w:p w14:paraId="3D60A4DF" w14:textId="77777777" w:rsidR="00953D19" w:rsidRDefault="00953D19" w:rsidP="00165347">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="21B8D905" w14:textId="2B74E684" w:rsidR="000F448F" w:rsidRDefault="000F448F">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r w:rsidRPr="00165347">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EBC26CD" wp14:editId="53295FF0">
           <wp:extent cx="6497955" cy="2418826"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
@@ -3884,181 +3951,184 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PyVtf7d8HD5ZDMCLpRgk/2boHjsXb76ycmXYXc1Dp1a2huNUYUzoUL/yQfqjxvZ48IHLkcZARbLy+cz0p37jaA==" w:salt="6OcUB/mHJu4a1rmMG0hseA=="/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00165347"/>
     <w:rsid w:val="000548B8"/>
     <w:rsid w:val="00056920"/>
     <w:rsid w:val="000627A4"/>
     <w:rsid w:val="00076C5F"/>
     <w:rsid w:val="000B53C0"/>
     <w:rsid w:val="000D0583"/>
-    <w:rsid w:val="000E633B"/>
     <w:rsid w:val="000F448F"/>
     <w:rsid w:val="001000CD"/>
+    <w:rsid w:val="00154E6C"/>
     <w:rsid w:val="00162812"/>
     <w:rsid w:val="00165347"/>
     <w:rsid w:val="00165D89"/>
     <w:rsid w:val="001D691E"/>
     <w:rsid w:val="00221E75"/>
     <w:rsid w:val="00242B3A"/>
+    <w:rsid w:val="00252B61"/>
     <w:rsid w:val="00253DFF"/>
     <w:rsid w:val="002A2758"/>
     <w:rsid w:val="002C0188"/>
     <w:rsid w:val="002C2CEF"/>
     <w:rsid w:val="00302D32"/>
     <w:rsid w:val="00313029"/>
     <w:rsid w:val="0035053D"/>
     <w:rsid w:val="0038403A"/>
-    <w:rsid w:val="00386758"/>
     <w:rsid w:val="003C4962"/>
     <w:rsid w:val="004441C9"/>
     <w:rsid w:val="0047263A"/>
     <w:rsid w:val="004A71C6"/>
     <w:rsid w:val="004B1DEC"/>
     <w:rsid w:val="004B5E66"/>
     <w:rsid w:val="004C57A8"/>
     <w:rsid w:val="004D204B"/>
+    <w:rsid w:val="004D5A3D"/>
     <w:rsid w:val="00574CDA"/>
     <w:rsid w:val="005C186E"/>
     <w:rsid w:val="005F326E"/>
     <w:rsid w:val="005F7A7F"/>
     <w:rsid w:val="00691EB9"/>
     <w:rsid w:val="006A309C"/>
     <w:rsid w:val="006C0695"/>
     <w:rsid w:val="006F3F65"/>
     <w:rsid w:val="007069BD"/>
     <w:rsid w:val="00766EF6"/>
     <w:rsid w:val="007765ED"/>
     <w:rsid w:val="007A60F3"/>
     <w:rsid w:val="007E796E"/>
     <w:rsid w:val="00845A82"/>
     <w:rsid w:val="008578AA"/>
     <w:rsid w:val="008B02BF"/>
     <w:rsid w:val="008F7BAB"/>
+    <w:rsid w:val="00953D19"/>
     <w:rsid w:val="00962C67"/>
     <w:rsid w:val="00982E06"/>
     <w:rsid w:val="0099608C"/>
     <w:rsid w:val="009E4F5E"/>
     <w:rsid w:val="009F2827"/>
     <w:rsid w:val="00A213A4"/>
     <w:rsid w:val="00A7061C"/>
     <w:rsid w:val="00A90616"/>
     <w:rsid w:val="00AA4530"/>
     <w:rsid w:val="00AD35C8"/>
     <w:rsid w:val="00AF5ED0"/>
     <w:rsid w:val="00B46C4D"/>
     <w:rsid w:val="00B5111E"/>
     <w:rsid w:val="00BA2055"/>
     <w:rsid w:val="00BD79C1"/>
     <w:rsid w:val="00BE68F1"/>
     <w:rsid w:val="00C20730"/>
     <w:rsid w:val="00D36825"/>
     <w:rsid w:val="00D62916"/>
     <w:rsid w:val="00D90240"/>
-    <w:rsid w:val="00DB159D"/>
     <w:rsid w:val="00DE7417"/>
     <w:rsid w:val="00DF2B49"/>
     <w:rsid w:val="00E155B4"/>
     <w:rsid w:val="00E167C4"/>
     <w:rsid w:val="00EC7CA3"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rsid w:val="00F134AC"/>
+    <w:rsid w:val="00F66C52"/>
     <w:rsid w:val="00F759F8"/>
     <w:rsid w:val="00F916FF"/>
     <w:rsid w:val="00FC16CB"/>
     <w:rsid w:val="00FD1ABB"/>
+    <w:rsid w:val="00FE0E06"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-CH" w:bidi="ta-IN"/>
+  <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1E11783B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BC43BDE8-2017-470B-A411-015DFA39C864}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6357,121 +6427,115 @@
         <w:p w:rsidR="00CF644E" w:rsidRDefault="00CF644E" w:rsidP="00CF644E">
           <w:pPr>
             <w:pStyle w:val="35603068FCB4416ABB413BCAAC0AA36B"/>
           </w:pPr>
           <w:r w:rsidRPr="008578AA">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Latha">
-    <w:panose1 w:val="02000400000000000000"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00100003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008002FA"/>
     <w:rsid w:val="00056920"/>
-    <w:rsid w:val="00386758"/>
+    <w:rsid w:val="00076DED"/>
+    <w:rsid w:val="004D5A3D"/>
     <w:rsid w:val="008002FA"/>
     <w:rsid w:val="00CF644E"/>
-    <w:rsid w:val="00FF587E"/>
+    <w:rsid w:val="00FE0E06"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-CH" w:bidi="ta-IN"/>
+  <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -7753,72 +7817,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94093501-B265-432C-9241-E1D4B726C8F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>892</Words>
-  <Characters>4908</Characters>
+  <Characters>4909</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5789</CharactersWithSpaces>
+  <CharactersWithSpaces>5790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>A</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>