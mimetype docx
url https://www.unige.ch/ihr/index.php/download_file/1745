--- v0 (2026-02-14)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="284A9775" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="002A35DC" w:rsidRDefault="00E061DE" w:rsidP="00E061DE">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A35DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -105,3320 +105,5698 @@
       </w:pPr>
       <w:r w:rsidRPr="002A35DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Conférences, séminaires et interviews</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22311039" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="005261A2" w:rsidRDefault="00E061DE" w:rsidP="00E061DE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54DDA916" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="007F3BBA">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="54DDA916" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AA9E05A" w14:textId="21FA7EB4" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="6AA9E05A" w14:textId="21FA7EB4" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">« Qu’est-ce qu’un traité monarchomaque ? », Institut Protestant de Théologie de Paris (séminaire du Groupe de Recherche sur l’Histoire des Protestantismes, Philippe Büttgen, Marianne Carbonnier, André Encrevé), novembre 2004. </w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">« Qu’est-ce qu’un traité monarchomaque ? », Institut Protestant de Théologie de Paris (séminaire du Groupe de Recherche sur l’Histoire des Protestantismes, Philippe </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>Büttgen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Marianne Carbonnier, André </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Encrevé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), novembre 2004. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1210C932" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B6B0236" w14:textId="553E2D6F" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">« Une illusion rétrospective : la souveraineté du peuple dans les traités monarchomaques », journée d’étude inédite organisée par Christine Peyrard, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Les Intellectuels et le peuple, de Machiavel à Marx</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Université d’Aix-en-Provence, février 2006.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A27093" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="26A27093" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5340D6C4" w14:textId="7C725E12" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>« Droit, foi et loi : l’identité politique aux XVIème et XVIIème siècles », Institut d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Etudes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Politiques de Paris (séminaire d’Histoire du droit de Sciences Po, Didier Maus), mars 2006. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797BEE7F" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FDA41D7" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="5FDA41D7" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-Interview télévisée pour le documentaire </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Le plus grand musée du monde</w:t>
-[...56 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t xml:space="preserve">Le plus grand musée du </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La période des guerres de religion : historiographie et histoire des idées politiques</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>monde</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, consacré aux châteaux de la Loire (épisode sur le château d’Amboise), diffusions sur France 2 et TV5 Monde, avril 2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FCA2B9" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38AEEFB3" w14:textId="531CC69F" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conférence sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Renouveler l’histoire des idées politiques à partir de l’histoire du livre : quelques exemples européens », colloque organisé par Frédéric Gabriel et Marco </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Penzi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Les Traités monarchomaques</w:t>
-[...102 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>La période des guerres de religion : historiographie et histoire des idées politiques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Paris, avril 2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A2E839D" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="557BF2DA" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Interview radiophonique sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Protestantisme, théologie et politique en France et en Angleterre (XVIè-XVIIIè siècles)</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>Les Traités monarchomaques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Droz, 2007), pour l’émission de Radio Aligre FM, octobre 2008, http://sites.google.com/site/rembobinagealigre/vue-d-ensemble-des-emissions/21-octobre-2008---paul-alexis-mellet---les-monarchomaques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2086B7" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DDCD512" w14:textId="0DD59191" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vec Georges Bensoussan, « Exil, clandestinité, déportation : comment enseigner la Shoah ? », conférence-débat en lien avec l’exposition « Anne Frank : une histoire d’aujourd’hui » (CDDP, mars-mai 2007), IUFM de Tours, mars 2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE71564" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2C6EEC" w14:textId="53EACD3F" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« La sympathie des temps : quelques interprétations théologiques des événements politiques (1550-1600) », dans Alain </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Joblin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La langue de l’Eglise et de l’Etat : guerres, régime, ordres (XVè-XVIIè s.)</w:t>
-[...207 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>Protestantisme, théologie et politique en France et en Angleterre (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Calvin et son influence, 1509-2009</w:t>
-[...323 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>XVIè-XVIIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> siècles)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, colloque d’Arras inédit</w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">février 2008. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A84C84" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D8C5CAA" w14:textId="1F4A7B4A" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conférence sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Monarchomaques, Anabaptistes, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jézabélites</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ! Les polémiques des guerres de religion », dans Jean-Louis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fournel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Françoise </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Crémoux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La langue de l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Eglise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et de l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : guerres, régime, ordres (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XVè-XVIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, colloque de Paris</w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inédit, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>avril 2008</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CCBB136" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D5A3B16" w14:textId="1F4D648B" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conférence sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« L’utilisation pédagogique d’archives anciennes : l’exemple des cahiers de doléances », formation professionnelle des membres des services éducatifs des Archives, organisée par J.-L. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Porhel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Direction des Archives de France, mars-avril 2008.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499985FF" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21B65AA9" w14:textId="0B7FE971" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conférence sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>« Les normes politiques et leur transgression : étude des revendications protestantes en 1560 », séminaire de recherche d</w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Joël Biard, </w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CESR de Tours, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">novembre 2008. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC0C2C2" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CFC839C" w14:textId="18E61F38" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conférence sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Le prince et le fidèle : l’influence politique de Calvin sur les premiers calvinistes (vers 1550-vers 1610) », dans </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Calvin et son influence, 1509-2009</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, colloque de Genève, mai 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E51F0AE" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="088B2A77" w14:textId="79A0C5F1" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vec Laurent Gerbier, </w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conférence sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>« Les remontrances à la Renaissance : un genre de discours ? », séminaire de recherche d</w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marie-Luce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Demonet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CESR de Tours, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>décembre 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE8D63E" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="486FFF82" w14:textId="09457C41" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conférence sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Les pèlerinages en Val de Loire à l’époque moderne : culte martinien et dévotion mariale », AEVA, Université de Cergy-Pontoise, février 2010. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BAA0927" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="152DD85D" w14:textId="775B4B24" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vec Alice Perrin-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Marsol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conférence sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Deux approches en histoire du livre dans la première modernité : la diffusion des traités monarchomaques et la constitution des fonds de la bibliothèque de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wolfenbüttel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> », séminaire de recherche de Denis Crouzet, </w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paris, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>février 2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD22E4C" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C46CA2B" w14:textId="72B268D6" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conférence sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« La croyance religieuse des Monarchomaques protestants », séminaire de recherche de Monique </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cottret</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nanterre, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">février 2010. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C67BB6" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6384AF69" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Interview radiophonique sur « Les guerres de religion », pour l’émission de radio LFM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Histoire de…</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, mars 2010. http://www.wat.tv/audio/histoire-3-27-03-2010-guerres-2f1qp_29lzn_.html</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744A351E" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="744A351E" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE4C844" w14:textId="5D2CB8AC" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
-[...7 lines deleted...]
-      <w:r w:rsidR="00350A15" w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Tuer le roi, est-ce un acte monarchique ? », séminaire de recherche de Paris I (Pierre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Serna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00350A15" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Paris, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">novembre 2010. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE3C906" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="2CE3C906" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39A3A95F" w14:textId="359A7052" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">« Les </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>remonstrances</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, un genre de discours à part ? », séminaire de recherche d’Ullrich Langer, Madison (Wisconsin), avril 2011. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A57235" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="56A57235" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241B4D26" w14:textId="3068EBB9" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« La monarchie parfaite d’après les calvinistes français (vers 1570) », séminaire de recherche de Tours (Marie-Luce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Demonet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), décembre 2011.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="466B61E0" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2096BB9F" w14:textId="2FCB5AB4" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">« Comment écrire l’histoire des guerres de religion ? », café historique, conférence-débat de l’AHUT (Association des Historiens de l’Université de Tours), novembre 2012. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A89628" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="51A89628" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B955CBD" w14:textId="23761A2D" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">« Brutalisation, humanisation et christianisation des discours et des pratiques de guerre (1560-1600) », table ronde « Peut-on parler d’une </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>brutalisation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la guerre à la Renaissance ? », Rendez-vous de l’histoire de Blois, 12 octobre 2013.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C13A131" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="3C13A131" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="581BA92B" w14:textId="01945E6C" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">« Les </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>remonstrances</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> protestantes pendant les guerres de religion (France, 1550-1600) », congrès annuel de la </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Renaissance Society of America</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, New York, mars 2014.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3835C4B1" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="3835C4B1" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01C78DA0" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-Interview radiophonique sur « La découverte de l’épave de la </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Santa Maria</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1492) au large d’Haïti : la présence du passé », émission de Céline </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Peschard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, mai 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F90E600" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54D474A7" w14:textId="6A64819B" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>« </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ces païs farcis de la maladie de Luther </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t xml:space="preserve">Ces </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>païs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> farcis de la maladie de Luther </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: prétendu diagnostic médical et décision politique », </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Médecine et politique : des savoirs médicaux aux pratiques politiques</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Séminaire d’Histoire politique organisé par P.-A. Mellet, Tours, février 2016.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758C15AA" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...10 lines deleted...]
-    <w:p w14:paraId="1A280349" w14:textId="195ADFDD" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
+    <w:p w14:paraId="758C15AA" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A280349" w14:textId="195ADFDD" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
       <w:pPr>
         <w:overflowPunct/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>« </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Que pleust à Dieu qu’ils fussent tous chastiez comme ils le meritent !</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t xml:space="preserve">Que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Penser la tyrannie, tuer le tyran. La place du tyran entre doctrine juridique et discours politique (XIVè-XVIè siècles)</w:t>
-[...82 lines deleted...]
-          <w:bCs/>
+        <w:t>pleust</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> à Dieu qu’ils fussent tous </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chastiez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comme ils le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meritent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> !</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L’intensité de l’opposition au tyran chez les Monarchomaques et les Ligueurs », journée d’étude </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Penser la tyrannie, tuer le tyran. La place du tyran entre doctrine juridique et discours politique (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XIVè-XVIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ENS de Lyon, mai 2016. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C12C9FC" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47DB8071" w14:textId="52A4A702" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conférence sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Les remontrances imprimées : étude d’un corpus hétérogène (vers 1560-vers 1600) », colloque du programme de recherche ECRISA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>L’écriture, ses supports, ses archives</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, organisé par Chiara Lastraïoli, MSH de Tours, septembre 2017. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4ADB5C39" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
+        <w:t xml:space="preserve">, organisé par Chiara </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lastraïoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, MSH de Tours, septembre 2017. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADB5C39" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
       <w:pPr>
         <w:overflowPunct/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C6DC322" w14:textId="77D81DBF" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
+    <w:p w14:paraId="5C6DC322" w14:textId="77D81DBF" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
       <w:pPr>
         <w:overflowPunct/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">« Les remontrances au XVIème siècle : un art de gouverner ? », </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>séminaire de recherche de Paris IV (Denis Crouzet), octobre 2017.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E3D3AD" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
+    <w:p w14:paraId="79E3D3AD" w14:textId="77777777" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
       <w:pPr>
         <w:overflowPunct/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="343C9C5E" w14:textId="2116B84F" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="343C9C5E" w14:textId="2116B84F" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>« </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Les </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>remonstrances</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> chrétiennes pendant les tensions religieuses (XVIème siècle) », leçon probatoire, Faculté de Théologie, Université de Genève, mars 2018. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED27BF5" w14:textId="2EE5297D" w:rsidR="00E061DE" w:rsidRPr="00350A15" w:rsidRDefault="00E061DE" w:rsidP="00350A15">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="6ED27BF5" w14:textId="2EE5297D" w:rsidR="00E061DE" w:rsidRPr="00050F67" w:rsidRDefault="00E061DE" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007F3BBA" w:rsidRPr="00350A15">
+      <w:r w:rsidR="007F3BBA" w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>« Légitimer la résistance armée : les Monarchomaques au XVIème siècle », leçon d’épreuve, Faculté des Lettres, Université de Genève, avril 2018.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8AA9BD" w14:textId="71D0D8C7" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="1A8AA9BD" w14:textId="71D0D8C7" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-Conference sur “</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Suffering Bodies</w:t>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t xml:space="preserve">Suffering </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Early Modern Bodies</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>Bodies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...103 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bodies can be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>looked</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a heuristic category, in order to reframe our understanding of the late sixteenth </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>century ?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, Early Modern Research Symposium </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Early Modern Bodies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Graduate Early Modern Student Society (GEMSS), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>University of Wisconsin-Madison</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>avril</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF3EA36" w14:textId="741943E6" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Conférence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Peace and Justice. Remonstrances as a Means of Negotiation and Resistance during the French Civil Wars (1550-1600)”, Institute for Research in the Humanities, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>University of Wisconsin-Madison</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>avril</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36BE3365" w14:textId="76B28B54" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Conférence </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D’autant plus tenu &amp; obligé </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: les obligations royales dans les remontrances à la fin du XVI</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">ème </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
-[...19 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">siècle », dans </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Eric</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gojosso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Les obligations royales, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XVIè-XVIIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles », colloque de Poitiers, juin 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F774CAB" w14:textId="2957B1E2" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Conférence sur « Théodore de Bèze et la tyrannie », Musée International de la Réforme</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00350A15">
+        <w:r w:rsidRPr="00050F67">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.musee-reforme.ch/fr/evenements-archives/theodore-de-beze-et-la-tyrannie/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), Genève, septembre 2019. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F1C934" w14:textId="244FF19C" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="14F1C934" w14:textId="244FF19C" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Interview sur Théodore de Bèze pour la radio RTS 2, émission Babel du 6 octobre 2019, Lausanne (</w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00350A15">
+        <w:r w:rsidRPr="00050F67">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.rts.ch/play/radio/babel/audio/theodore-de-beze-reformateur-revolutionnaire?id=10727444&amp;fbclid=IwAR2FbjK0boOjFVUFOFsqIN51x 8N4qBPYS93MHetY3r90TJ9VYb922tU8DqY</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, octobre 2019. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="692E5FC8" w14:textId="29F4C497" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="692E5FC8" w14:textId="29F4C497" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Leçon inaugurale dans le cadre de la Soirée des lettres (leçon inaugurale), intitulée « Négocier, contester : les remontrances d’Ancien Régime », mars 2020.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08966D1B" w14:textId="2E26A34F" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="08966D1B" w14:textId="2E26A34F" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Interview par Kylian Marcos, sur « La crise du Covid dans l’histoire », pour la chaîne d’informations Heidi.news.ch, décembre 2020.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D15494" w14:textId="1B53C7FF" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="09D15494" w14:textId="1B53C7FF" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00350A15">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-Conférence sur « L’art de la parole. La réforme de l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Eglise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans les remontrances protestantes (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XVIè-XVIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles) », panel organisé par Virginia Krause, congrès de la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Renaissance Society of America</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (zoom), avril 2021. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF713AA" w14:textId="782C413F" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="0FF713AA" w14:textId="782C413F" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00350A15">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Interview par Nadia Ilias, sur « La dépression des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>étudiant.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e.s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>enseignant.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e.s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pendant le Covid », pour la chaîne de podcasts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Libérons les maux</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
-[...9 lines deleted...]
-    <w:p w14:paraId="14BA2206" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (avec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gressot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Pablo Alegria), Toulouse, juin 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14BA2206" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
       <w:pPr>
         <w:pStyle w:val="PrformatHTML"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Conférence sur </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Conférence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Legitimate resistance to the tyrant: arguments and dissemination</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in Sixteenth-Century Europe”, </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">colloque organisé par </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>Sixteenth-Century Europe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Andrei Salavastru, Ioan-Augustin Guriță et Sorin Grigoruță,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t xml:space="preserve">”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">colloque </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>organisé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrei Salavastru, Ioan-Augustin Guriță et Sorin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Grigoruță</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ideology and noble propaganda in late medieval and early modern Europe: forms of legitimizing and of challenging rulership”, université d’Iassy (Roumanie), novembre 2021.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="43B7FBAC" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
+        <w:t xml:space="preserve">Ideology and noble propaganda in late medieval and early modern Europe: forms of legitimizing and of challenging rulership”, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>université</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d’Iassy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Roumanie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>novembre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B7FBAC" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79EC2614" w14:textId="5CB6C3C5" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-Conclusions du colloque « (Ab)jurer sa parole : promettre la guerre et s’engager pour la paix pendant les crises de l’époque moderne (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XVIè-XVIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle) », organisé par Paul-Alexis Mellet et Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Genève, février 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC4D76A" w14:textId="6A8140F8" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>-Conférence sur “What does the Word Crown mean ?”</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Conférence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur “What does the Word Crown </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mean ?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">table-ronde de la </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Renaissance Society of America</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> « The Most-Christian King’s Crown during French Wars of Religion: traditions, debates and discrepancies », </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dublin, avril 2022. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="14FFEDF1" w14:textId="7BA65337" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
+        <w:t xml:space="preserve">Dublin, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>avril</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FFEDF1" w14:textId="7BA65337" w:rsidR="00350A15" w:rsidRDefault="00350A15" w:rsidP="00050F67">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">-Conférence sur « La vérité du discours. Les </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>discours véritables</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
-[...7 lines deleted...]
-    <w:p w14:paraId="0079F506" w14:textId="373A88C7" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à la fin du XVIe siècle », colloque organisé par Constance Carta et Thalia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Brero</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, « La longue vie des imprimés éphémères », Genève, mai 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF4C9DA" w14:textId="77777777" w:rsidR="005923A7" w:rsidRPr="00050F67" w:rsidRDefault="005923A7" w:rsidP="00050F67">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="5BC77EE4" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0079F506" w14:textId="373A88C7" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Participation à la table-ronde « Pour une histoire post- et trans-confessionnelle », journée d’étude organisée par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Elise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Boillet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, « Cultures de la pluralité politique et religieuse. Projets et perspectives », CESR de Tours, mai 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC77EE4" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="290FE977" w14:textId="5CC471A3" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="290FE977" w14:textId="5CC471A3" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-Présentation de la table-ronde </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>« Aux frontières de la nature humaine : animaux, monstres et hybrides », Journées Suisses d’Histoire, Genève, juillet 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5281D873" w14:textId="77485A32" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...40 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="5281D873" w14:textId="77485A32" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Participation à la table-ronde conclusive, « En parlant en écrivant. Complémentarité, concurrence et hybridité entre écrit et oralité (Europe, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XVIè-XVIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles) », journées d’étude organisées par Monique Weis, Belval (Luxembourg), septembre 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38EE1452" w14:textId="2DB92428" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-Présentation et discussion du livre de Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>L’Etat à la Lettre. Ecrit politique et société administrative en France au temps des guerres de religion (vers 1560-vers 1620)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>L’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à la Lettre. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ecrit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> politique et société administrative en France au temps des guerres de religion (vers 1560-vers 1620)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, Champ Vallon, 2022, librairie Rameau d’or-l’âge d’homme, Genève, octobre 2022. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116F8592" w14:textId="32ACCCE7" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
+    <w:p w14:paraId="116F8592" w14:textId="32ACCCE7" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="3F3F3F"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">-Conférence sur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="3F3F3F"/>
         </w:rPr>
-        <w:t xml:space="preserve">« Une étape vers la paix et la réforme de l’Etat et de l’Eglise. La concorde dans les remontrances pendant les guerres civiles (v. 1555-1600) », journée d’étude organisée par Stéphan Geonget et Jean Sénié, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+        <w:t>« Une étape vers la paix et la réforme de l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et de l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t>Eglise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La concorde dans les remontrances pendant les guerres civiles (v. 1555-1600) », journée d’étude organisée par Stéphan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t>Geonget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Jean </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t>Sénié</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="3F3F3F"/>
         </w:rPr>
         <w:t>Les mots de la concorde. La concorde au cœur des enjeux de la Renaissance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="3F3F3F"/>
         </w:rPr>
         <w:t xml:space="preserve">, CESR de Tours, mai 2023. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14778C63" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
+    <w:p w14:paraId="14778C63" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="3F3F3F"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="593DAC90" w14:textId="1FD92E7F" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="593DAC90" w14:textId="1FD92E7F" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Conférence sur « Un genre mineur : les remontrances au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XVIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle », séminaire Chorea / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cornucopia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> « Comment aborder l’étude des </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>minores</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ? », Sorbonne-Université, mai 2023. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C60403" w14:textId="69D99115" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="03C60403" w14:textId="69D99115" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">-Avec Lorenzo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Comensoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, introduction et conclusion sur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> « </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les traces d’un temps nouveau ? Percevoir la nouveauté du présent entre XVIe et XVIIe siècle », journée d’étude organisée par Lorenzo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Comensoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Paul-Alexis Mellet, Lyon, septembre 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056AC4D1" w14:textId="5A9FAF64" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Introduction et conclusion de « Rapporter au conseil, négocier en mission et convaincre en </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cour</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. La parole politique et diplomatique dans les arcanes du palais et les institutions du conseil et de la diplomatie du XVe au XVIIe siècle en Europe », atelier de lecture de sources dans le cadre du projet « Anthropologie politique et religieuse de la parole »</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CESR de Tours, octobre 2023. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5470DE4B" w14:textId="3B186439" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="5470DE4B" w14:textId="3B186439" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-Avec Ullrich Langer, conférence sur « La dissidence de Castellion : raison, vérité et conscience », dans le cadre du colloque « Une Renaissance dissidente ? » organisé par John O’Brien, Lyon, mars 2024. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0C37A9" w14:textId="31C9B0D4" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00350A15">
+    <w:p w14:paraId="4A0C37A9" w14:textId="31C9B0D4" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-Conférence sur « Les usages d’une actualité violente : les </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discours véritables</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> au cours des conflits religieux (1550-1650) », Maison Française de Madison-Wisconsin, Madison, mars 2024. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C03C77" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
+    <w:p w14:paraId="51C03C77" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="56DC748D" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Conférence sur « La providence divine au quotidien : petits récits et grands signes (fin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>XVIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle) », dans la cadre du panel « Les discours véritables : écrire sur le vif à la Renaissance », Renaissance Society of America, Chicago, mars 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DC748D" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="62701E76" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62701E76" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00350A15">
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-Conférence sur la « </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Remonstrance au Roy, en son Conseil. Par les Deputez des Eglises reformees de France, à Lyon, au moys de Septembre 1595</w:t>
-[...72 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t>Remonstrance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au Roy, en son Conseil. Par les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Deputez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Eglises</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>reformees</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de France, à Lyon, au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>moys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Septembre 1595</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">atelier de lecture de sources sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« La parole religieuse » </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>dans le cadre du projet « Anthropologie politique et religieuse de la parole »</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Nancy, avril 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024D7B86" w14:textId="77777777" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A6FD54C" w14:textId="219191DB" w:rsidR="00350A15" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Conférence sur « Pratiquer la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>langue de l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Les assemblées politiques des protestants français (1562-1598) », dans le cadre du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wébinaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Le travail de l’administration sur elle-même (images, discours, corpus). Première modernité, Europe et premières colonies</w:t>
       </w:r>
-      <w:r w:rsidRPr="00350A15">
-[...27 lines deleted...]
-    <w:sectPr w:rsidR="00B43AFE" w:rsidRPr="00350A15" w:rsidSect="00875043">
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> », organisé par Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, septembre 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188CBBB4" w14:textId="365877FF" w:rsidR="00B43AFE" w:rsidRPr="00050F67" w:rsidRDefault="00350A15" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-Avec Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, conférence sur « Une autre histoire des guerres de religion. Retours critiques sur trente ans de recherches en histoire moderne », séminaire du GEMCA, Louvain, octobre 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63087933" w14:textId="45689F31" w:rsidR="003F1703" w:rsidRPr="00050F67" w:rsidRDefault="003F1703" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onférence sur « François Hotman monarchomaque ? », communication dans le cadre du colloque « François Hotman : un homme d’action, entre droit, histoire et théologie », </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>org</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>par</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ingrid De Smet, Christian Martens et Paul-Alexis Mellet, Genève, novembre 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4792BF6E" w14:textId="77BE6A23" w:rsidR="003F1703" w:rsidRPr="00050F67" w:rsidRDefault="003F1703" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009D5E49" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onférence sur « Une tolérance par la rhétorique ? Sur quelques arguments de Castellion », dans le cadre du colloque « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Laboratories</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tolerance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rethinking Sebastian Castellio and his Legacy », org. par Brigitte Hilmer, Odile Panetta et Ueli </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Zanhd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Genève, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>novembre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADA3490" w14:textId="52F634FF" w:rsidR="003F1703" w:rsidRPr="00050F67" w:rsidRDefault="003F1703" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009D5E49" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vec Lorenzo Paoli, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>conférence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Présentation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>projet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de recherche ARCHEO-POL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="360C21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> »</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dans le cadre de la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="360C21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">journée d’étude </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="360C21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Passé-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="360C21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Présent :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="360C21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> concilier l’inconciliable pendant les guerres civiles (XVIe siècle</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="360C21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) ?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="360C21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> », </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="360C21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>org</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="360C21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. par Paul-Alexis Mellet et Lorenzo Paoli, Genève, avril 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B2E4E5" w14:textId="6C464006" w:rsidR="003F1703" w:rsidRPr="00050F67" w:rsidRDefault="003F1703" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009D5E49" w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>onférence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Décrire, préciser, effrayer. Les choix des gravures des éditeurs des </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">discours </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>véritables</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (vers 1600) », dans le cadre du colloque « La longue vie des imprimés éphémères (2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>ème</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> congrès) », </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>org</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>par</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Constance Carta et Thalia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bréro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Genève, avril 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A03FECE" w14:textId="2536263E" w:rsidR="003F1703" w:rsidRPr="00050F67" w:rsidRDefault="003F1703" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alyzé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bianco, conférence sur « Présentation du projet FNS ARCHEO-POL. Une archéologie des discours politiques réformés (XVIe s.) », dans le cadre du colloque « Innocent Gentillet entre droit, histoire et théologie : une pensée au-delà de l’anti-machiavélisme », </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>org</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>par</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bettoni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Giacomo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sanavia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050F67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Padoue, février 2026. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B23E706" w14:textId="0653165B" w:rsidR="003F1703" w:rsidRPr="00050F67" w:rsidRDefault="003F1703" w:rsidP="00050F67">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003F1703" w:rsidRPr="00050F67" w:rsidSect="00875043">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F2062B3" w14:textId="77777777" w:rsidR="007D64F4" w:rsidRDefault="007D64F4" w:rsidP="00350A15">
+    <w:p w14:paraId="646BC012" w14:textId="77777777" w:rsidR="00C85251" w:rsidRDefault="00C85251" w:rsidP="00350A15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70C45CE4" w14:textId="77777777" w:rsidR="007D64F4" w:rsidRDefault="007D64F4" w:rsidP="00350A15">
+    <w:p w14:paraId="67C86A08" w14:textId="77777777" w:rsidR="00C85251" w:rsidRDefault="00C85251" w:rsidP="00350A15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C13CDF2" w14:textId="77777777" w:rsidR="007D64F4" w:rsidRDefault="007D64F4" w:rsidP="00350A15">
+    <w:p w14:paraId="2186348C" w14:textId="77777777" w:rsidR="00C85251" w:rsidRDefault="00C85251" w:rsidP="00350A15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0148B1E7" w14:textId="77777777" w:rsidR="007D64F4" w:rsidRDefault="007D64F4" w:rsidP="00350A15">
+    <w:p w14:paraId="2CF4B07D" w14:textId="77777777" w:rsidR="00C85251" w:rsidRDefault="00C85251" w:rsidP="00350A15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="-2051137110"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="381E386C" w14:textId="6C097BCE" w:rsidR="00350A15" w:rsidRDefault="00350A15" w:rsidP="00C508D8">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -3426,51 +5804,51 @@
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="38FF604D" w14:textId="77777777" w:rsidR="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="489379541"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="7BF768BA" w14:textId="15F2EA51" w:rsidR="00350A15" w:rsidRDefault="00350A15" w:rsidP="00C508D8">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -3491,113 +5869,121 @@
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="16314A2D" w14:textId="77777777" w:rsidR="00350A15" w:rsidRDefault="00350A15" w:rsidP="00350A15">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="217"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E061DE"/>
+    <w:rsid w:val="00050F67"/>
     <w:rsid w:val="002A35DC"/>
     <w:rsid w:val="0034010C"/>
     <w:rsid w:val="00350A15"/>
+    <w:rsid w:val="003F1703"/>
+    <w:rsid w:val="004B309A"/>
+    <w:rsid w:val="005923A7"/>
     <w:rsid w:val="005D6D0B"/>
     <w:rsid w:val="007D64F4"/>
     <w:rsid w:val="007F3BBA"/>
     <w:rsid w:val="00875043"/>
+    <w:rsid w:val="009D5E49"/>
     <w:rsid w:val="00B43AFE"/>
     <w:rsid w:val="00BF7D38"/>
+    <w:rsid w:val="00C85251"/>
+    <w:rsid w:val="00CA6D9A"/>
     <w:rsid w:val="00D657CF"/>
     <w:rsid w:val="00DA6EC0"/>
     <w:rsid w:val="00E061DE"/>
     <w:rsid w:val="00F0502C"/>
     <w:rsid w:val="00FD5A95"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="71509264"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{981EDCAB-9C78-6746-ACD1-9BC0BC1B0D9C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4134,51 +6520,51 @@
     <w:name w:val="En-tête Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="En-tte"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00350A15"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="28"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00350A15"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1870220432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rts.ch/play/radio/babel/audio/theodore-de-beze-reformateur-revolutionnaire?id=10727444&amp;fbclid=IwAR2FbjK0boOjFVUFOFsqIN51x%208N4qBPYS93MHetY3r90TJ9VYb922tU8DqY" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.musee-reforme.ch/fr/evenements-archives/theodore-de-beze-et-la-tyrannie/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4459,69 +6845,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2043</Words>
-  <Characters>11240</Characters>
+  <Words>2258</Words>
+  <Characters>12420</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13257</CharactersWithSpaces>
+  <CharactersWithSpaces>14649</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>