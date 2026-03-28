--- v0 (2026-02-14)
+++ v1 (2026-03-28)
@@ -1,2239 +1,2424 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="60DEE944" w14:textId="77777777" w:rsidR="005940DA" w:rsidRDefault="00755DB8" w:rsidP="00E33EE7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005940DA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paul-Alexis </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005940DA">
+        <w:t xml:space="preserve">Paul-Alexis Mellet </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEB80C8" w14:textId="77777777" w:rsidR="005940DA" w:rsidRDefault="005940DA" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Mellet</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005940DA">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C5164C0" w14:textId="213BE402" w:rsidR="00E33EE7" w:rsidRPr="005940DA" w:rsidRDefault="005940DA" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Curriculum vitae</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6168AA20" w14:textId="14F3E804" w:rsidR="00E33EE7" w:rsidRPr="00E33EE7" w:rsidRDefault="00E33EE7" w:rsidP="00755DB8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33EE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...9 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E33EE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E33EE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">1 : </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> civil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4654933C" w14:textId="09405805" w:rsidR="00755DB8" w:rsidRPr="00755DB8" w:rsidRDefault="00755DB8" w:rsidP="00755DB8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Né le 20-04-1970, à Paris 14è arr.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A1448E" w14:textId="5A5FF09D" w:rsidR="00755DB8" w:rsidRPr="00755DB8" w:rsidRDefault="00755DB8" w:rsidP="00755DB8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Universite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">́ de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Genève</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Institut d’Histoire de la Réformation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Boulevard des Philosophes 22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Genève</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1205</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Suisse) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FEF01D" w14:textId="2765D8F9" w:rsidR="00E33EE7" w:rsidRDefault="00E33EE7" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E33EE7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>(+41) (0)22 379 71 40</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5725">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00755DB8" w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0000FF"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">paul-alexis.mellet@unige.ch </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA68CF6" w14:textId="5818A2BC" w:rsidR="00E33EE7" w:rsidRDefault="00E33EE7" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BC24B13" w14:textId="77777777" w:rsidR="00CE5725" w:rsidRDefault="00CE5725" w:rsidP="00CE5725">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Etat</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E33EE7">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F04BF37" w14:textId="7E3253B5" w:rsidR="00755DB8" w:rsidRPr="00755DB8" w:rsidRDefault="00755DB8" w:rsidP="00CE5725">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> civil</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4654933C" w14:textId="09405805" w:rsidR="00755DB8" w:rsidRPr="00755DB8" w:rsidRDefault="00755DB8" w:rsidP="00755DB8">
+        <w:t xml:space="preserve">2 : Formation universitaire </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B9C4ED" w14:textId="095EA62D" w:rsidR="00827679" w:rsidRDefault="00755DB8" w:rsidP="00E33EE7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-1990-199</w:t>
+      </w:r>
+      <w:r w:rsidR="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Deug</w:t>
+      </w:r>
+      <w:r w:rsidR="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Licence</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1269">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Maîtrise et DEA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Philosophie</w:t>
+      </w:r>
+      <w:r w:rsidR="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Sciences sociales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF31BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Sorbonne-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Universit</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF31BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>é,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paris IV).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B29A0B" w14:textId="35A3ABD2" w:rsidR="00827679" w:rsidRDefault="00755DB8" w:rsidP="00755DB8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-1994-1996 : Licence, Capes et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Agrégation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’Histoire (</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF31BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Sorbonne-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Universite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>́</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF31BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paris I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DFD240" w14:textId="77777777" w:rsidR="00E33EE7" w:rsidRDefault="00755DB8" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-2004 : Doctorat d’Histoire (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Universite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">́ de Tours) : « Passé et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>présent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>pensée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> politique des Monarchomaques protestants de langue </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>française</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (vers 1560-vers 1600) » (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Gérald</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chaix). Jury : Marie-Luce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Demonet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Arlette </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Jouanna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Gérald</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chaix, Jean-Marie Constant, Denis Crouzet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C4F309" w14:textId="7E3272E0" w:rsidR="00E33EE7" w:rsidRPr="008C1269" w:rsidRDefault="00755DB8" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2017 : Habilitation à diriger des recherches (</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF31BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Sorbonne-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Universite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>́</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF31BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paris IV) : « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Résister</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, combattre et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>négocier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : les remontrances </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>imprimées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (France, vers 1560-vers 1600 » (garant : Denis Crouzet). </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Jury :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Penny Roberts, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Gérald</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chaix, Denis Crouzet, Mark Greengrass, Ullrich Langer, Benoist Pierre. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24333F16" w14:textId="77777777" w:rsidR="00E33EE7" w:rsidRPr="008C1269" w:rsidRDefault="00E33EE7" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42AE7CFF" w14:textId="5762F103" w:rsidR="00755DB8" w:rsidRPr="00755DB8" w:rsidRDefault="00755DB8" w:rsidP="00755DB8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00755DB8">
-        <w:rPr>
-[...166 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6BC24B13" w14:textId="77777777" w:rsidR="00CE5725" w:rsidRDefault="00CE5725" w:rsidP="00CE5725">
+        <w:t xml:space="preserve">3 : Enseignement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5985B6EE" w14:textId="1587AF03" w:rsidR="00700641" w:rsidRDefault="00755DB8" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-1996-1998 : Professeur </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33EE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agrégé </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Lycées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mistral (Fresnes) et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Dessaignes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Blois). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1151D55E" w14:textId="77777777" w:rsidR="00E33EE7" w:rsidRDefault="00E33EE7" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D39C228" w14:textId="77777777" w:rsidR="00E33EE7" w:rsidRDefault="00755DB8" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-1998-2001 : Chargé de TD à l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Universite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>́ de Tours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536E42F9" w14:textId="77777777" w:rsidR="00E33EE7" w:rsidRDefault="00755DB8" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-1998-2008 : PRAG à l’IUFM de Tours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7009A5EE" w14:textId="480C3288" w:rsidR="00827679" w:rsidRDefault="00755DB8" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">-2008-2012 : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Maître</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>conférences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Universite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">́ de Cergy-Pontoise. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FB70B6" w14:textId="77777777" w:rsidR="00E33EE7" w:rsidRDefault="00E33EE7" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61CAB019" w14:textId="761726BF" w:rsidR="00827679" w:rsidRDefault="00755DB8" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-2012-2019 : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Maître</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>conférences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Universite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>́ de Tours / C</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>entre d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B30128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Etudes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B30128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Supérieures de la Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280CD79D" w14:textId="77777777" w:rsidR="00E33EE7" w:rsidRDefault="00E33EE7" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43D34C42" w14:textId="65AD7684" w:rsidR="00755DB8" w:rsidRDefault="00827679" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-2018-2019 : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Solmsen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fellow à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>l’Institute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00827679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>or Research in the Humanities (</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1269">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>niversité du Wisconsin-Madison).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECF0797" w14:textId="77777777" w:rsidR="00E33EE7" w:rsidRPr="00827679" w:rsidRDefault="00E33EE7" w:rsidP="00E33EE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E3603EE" w14:textId="53C5ED6E" w:rsidR="00C63036" w:rsidRDefault="00755DB8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-Depuis 2019 : Professeur ordinaire à l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B30128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>niversite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">́ de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Genève</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / I</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>nstitut d’Histoire de la Réformation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3A1FA0" w14:textId="77777777" w:rsidR="00E91A26" w:rsidRDefault="00E91A26">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="382EF3E9" w14:textId="77777777" w:rsidR="00E76E76" w:rsidRDefault="00E76E76">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B46B5C5" w14:textId="7FDC275F" w:rsidR="00E91A26" w:rsidRPr="00E91A26" w:rsidRDefault="00E91A26">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00755DB8">
+      <w:r w:rsidRPr="00E91A26">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">2 : Formation universitaire </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="16B9C4ED" w14:textId="42654029" w:rsidR="00827679" w:rsidRDefault="00755DB8" w:rsidP="00E33EE7">
+        <w:t>4 : Autres activités</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2919DE7B" w14:textId="3F23C4AF" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...276 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Depuis 2004</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expertises d’articles et compte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rendus réguliers pour la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Réforme</w:t>
+      </w:r>
+      <w:r w:rsidR="00E76E76">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00755DB8">
-[...572 lines deleted...]
-    <w:p w14:paraId="2919DE7B" w14:textId="70632302" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Humanisme</w:t>
+      </w:r>
+      <w:r w:rsidR="00E76E76">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Revue historique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Church </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>History</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Religious</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Culture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Sixteenth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Century Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6078E561" w14:textId="55051C49" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00907DC9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA4A7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Depuis 2004</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA4A7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> expertises d’articles et compte</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F66B19">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>chercheur associé au CESR de Tours</w:t>
+      </w:r>
+      <w:r w:rsidR="00E76E76">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> ;</w:t>
+      </w:r>
+      <w:r w:rsidR="00F66B19">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>embre de la SFDES (Société française des études seiziémistes), de l’AHMUF (Association des Historiens Modernistes de l’Université Française), du GRHP de l’IPT (groupe de recherche sur l’histoire des protestantismes, Institut Protestant de Théologie de Paris), de la RSA (Renaissance Society of America) et de la SCSC (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Sixteenth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Century Society &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Conference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1904AC22" w14:textId="1D758F0A" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Depuis 2012</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA4A7C">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F73707">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>o-direction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la collection « Le savoir de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Mantice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> » chez Champion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634C4B6C" w14:textId="27F96E5B" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-2019 :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73707">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>xpert auprès de l’AERES / HCERES (France).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F65B7C" w14:textId="78054F9E" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Depuis 2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F73707">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>o-direction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la collection « Travaux du CESR » chez Garnier.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06205115" w14:textId="4AAC10A3" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2016</w:t>
+      </w:r>
+      <w:r w:rsidR="00F73707">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-2019</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73707">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>xpert auprès du Fonds de la Recherche Scientifique (Belgique).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D34C7A" w14:textId="33ADE248" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73707">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xpert auprès de la commission </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Fulbright</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA4A7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (USA).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB7BDED" w14:textId="77777777" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>2020 : membre de la commission d’attribution du prix Arditi 2020 (Master d’histoire)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, Genève</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45FDE0F3" w14:textId="77777777" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020-2021 : direction (par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>interim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>) de l’unité d’Histoire moderne du département d’Histoire générale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Genève</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37AB986E" w14:textId="77777777" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020-2022 : membre de la Commission mixte du département d’Histoire générale, université de Genève. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0378BF" w14:textId="1A0EFA1F" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021 : </w:t>
+      </w:r>
+      <w:r w:rsidR="00692893">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>embre de la commission d’attribution du prix Ador (Master d’histoire)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, Genève</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193C077D" w14:textId="77777777" w:rsidR="00E91A26" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022-2023 : membre de la commission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...121 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>ad hoc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du Conseil Participatif de l’université</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Genève</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907DC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6078E561" w14:textId="61FE0184" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+    <w:p w14:paraId="28306BC3" w14:textId="11B51E65" w:rsidR="00437602" w:rsidRDefault="00437602" w:rsidP="00E91A26">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...58 lines deleted...]
-    <w:p w14:paraId="1904AC22" w14:textId="77777777" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Depuis 2024 : membre du Conseil Participatif de l’université de Genève. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EEEE36" w14:textId="29D783B8" w:rsidR="00F66B19" w:rsidRDefault="00F66B19" w:rsidP="00E91A26">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>-Depuis 2024 : membre du conseil d’administration de l’association RHR (</w:t>
+      </w:r>
+      <w:r w:rsidR="001D616F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Réforme</w:t>
+      </w:r>
+      <w:r w:rsidR="00437602">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA4A7C">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="634C4B6C" w14:textId="77777777" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Humanisme</w:t>
+      </w:r>
+      <w:r w:rsidR="00437602">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>-Renaissance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E91B281" w14:textId="2771F6EF" w:rsidR="00E91A26" w:rsidRDefault="00F66B19" w:rsidP="00F66B19">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="00F65B7C" w14:textId="77777777" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Depuis 2024 : direction scientifique du projet FNS « ARCHEO-POL : la Bibliothèque des Monarchomaques. Une archéologie des idées politiques des protestants (XVIème siècle) ». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A14EAF" w14:textId="77777777" w:rsidR="00B64B05" w:rsidRDefault="00B64B05" w:rsidP="00F66B19">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...48 lines deleted...]
-    <w:p w14:paraId="06205115" w14:textId="77777777" w:rsidR="00E91A26" w:rsidRPr="00907DC9" w:rsidRDefault="00E91A26" w:rsidP="00E91A26">
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F7F2C1D" w14:textId="0B99C6DB" w:rsidR="00B64B05" w:rsidRPr="00F66B19" w:rsidRDefault="00B64B05" w:rsidP="00F66B19">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00907DC9">
-[...12 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...34 lines deleted...]
-      </w:r>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Depuis 2025 : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...138 lines deleted...]
-      </w:r>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>co-direction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>, Genève</w:t>
-[...46 lines deleted...]
-        <w:t>) de l’unité d’Histoire moderne du département d’Histoire générale</w:t>
+        <w:t xml:space="preserve"> de la collection </w:t>
+      </w:r>
+      <w:r w:rsidR="00692893">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>« </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de Genève</w:t>
-[...54 lines deleted...]
-        <w:t>2021 : Membre de la commission d’attribution du prix Ador (Master d’histoire)</w:t>
+        <w:t>Parole(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00692893">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » chez </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>, Genève</w:t>
-[...98 lines deleted...]
-    <w:sectPr w:rsidR="00E91A26" w:rsidRPr="00F66B19" w:rsidSect="00875043">
+        <w:t xml:space="preserve">Brill. </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B64B05" w:rsidRPr="00F66B19" w:rsidSect="00875043">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="217"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00755DB8"/>
+    <w:rsid w:val="001D616F"/>
+    <w:rsid w:val="00437602"/>
+    <w:rsid w:val="004B309A"/>
     <w:rsid w:val="005940DA"/>
+    <w:rsid w:val="005952F9"/>
+    <w:rsid w:val="00692893"/>
     <w:rsid w:val="00700641"/>
     <w:rsid w:val="00743105"/>
     <w:rsid w:val="00755DB8"/>
     <w:rsid w:val="00827679"/>
     <w:rsid w:val="00875043"/>
     <w:rsid w:val="008C1269"/>
     <w:rsid w:val="00B10E69"/>
+    <w:rsid w:val="00B30128"/>
     <w:rsid w:val="00B54492"/>
+    <w:rsid w:val="00B64B05"/>
     <w:rsid w:val="00C63036"/>
     <w:rsid w:val="00CE5725"/>
     <w:rsid w:val="00D657CF"/>
     <w:rsid w:val="00E33EE7"/>
+    <w:rsid w:val="00E76E76"/>
     <w:rsid w:val="00E91A26"/>
+    <w:rsid w:val="00EF31BB"/>
     <w:rsid w:val="00F66B19"/>
+    <w:rsid w:val="00F73707"/>
     <w:rsid w:val="00FF6B2C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6BAD7B26"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{23409C36-8617-954E-AB31-97127F1792A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2711,51 +2896,51 @@
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C63036"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C63036"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="21522613">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1640919186">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3451,69 +3636,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>565</Words>
-  <Characters>3112</Characters>
+  <Words>560</Words>
+  <Characters>3083</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3670</CharactersWithSpaces>
+  <CharactersWithSpaces>3636</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>