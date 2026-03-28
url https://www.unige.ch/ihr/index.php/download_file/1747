--- v0 (2026-02-14)
+++ v1 (2026-03-28)
@@ -1,364 +1,350 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="67D78A0B" w14:textId="7CE73137" w:rsidR="001848FB" w:rsidRDefault="001848FB" w:rsidP="003A0BA6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paul-Alexis </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Paul-Alexis Mellet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4B795A" w14:textId="77777777" w:rsidR="001848FB" w:rsidRDefault="001848FB" w:rsidP="003A0BA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Mellet</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="6A4B795A" w14:textId="77777777" w:rsidR="001848FB" w:rsidRDefault="001848FB" w:rsidP="003A0BA6">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EEA540C" w14:textId="4C5815DC" w:rsidR="003A0BA6" w:rsidRPr="0072463F" w:rsidRDefault="003A0BA6" w:rsidP="003A0BA6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="0072463F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Organisation de colloques, journées d'étude,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BC03CA" w14:textId="4EA706FB" w:rsidR="003A0BA6" w:rsidRPr="0072463F" w:rsidRDefault="003A0BA6" w:rsidP="003A0BA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0072463F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Organisation de colloques, journées d'étude,</w:t>
-[...14 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>séminaires</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0072463F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>séminaires</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0072463F">
+        <w:t xml:space="preserve"> et tables rondes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4B2DCA" w14:textId="77777777" w:rsidR="007B5D5B" w:rsidRDefault="007B5D5B" w:rsidP="007B5D5B">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7A4B2DCA" w14:textId="77777777" w:rsidR="007B5D5B" w:rsidRDefault="007B5D5B" w:rsidP="007B5D5B">
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05104FE3" w14:textId="77777777" w:rsidR="0072463F" w:rsidRPr="00B80637" w:rsidRDefault="0072463F" w:rsidP="007B5D5B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05104FE3" w14:textId="77777777" w:rsidR="0072463F" w:rsidRPr="00B80637" w:rsidRDefault="0072463F" w:rsidP="007B5D5B">
-[...12 lines deleted...]
-    <w:p w14:paraId="2B494D1A" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="2B494D1A" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Théologie et politique : les Monarchomaques</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, journée d’étude de Tours, mai 2003. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361FB8CF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="63AB79DE" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="361FB8CF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63AB79DE" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Florence Alazard (Tours), </w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Les entrées royales : légitimation implicite et fabrique du consentement</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, journée d’étude de Tours, avril 2008. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446F3475" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="0B254712" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="446F3475" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B254712" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Denise </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Turrel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Poitiers), </w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Recherches sur l’Histoire de France de La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Popelinière</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, séminaire (I) de Paris, mars 2009.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="302421E1" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="0AC31E56" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="302421E1" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AC31E56" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Jérémie Foa (Aix-en-Provence), </w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Le Bruit des armes. Mises en formes et désinformations en Europe au temps des guerres de Religion (1560-1610)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, colloque de Tours, novembre 2009.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A6F8CF9" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="4EEC56BA" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="7A6F8CF9" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EEC56BA" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Denise </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Turrel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Poitiers), </w:t>
@@ -374,108 +360,108 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Popelinière</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, historien huguenot</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, journée d’étude de Poitiers, novembre 2010. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC7F2FD" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="1A7586C3" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="5BC7F2FD" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A7586C3" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Laurent Gerbier et Stephan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Geonget</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tours), </w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Quand la justice est injuste…</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, table ronde aux Rendez-vous de l’histoire de Blois, 17 octobre 2010. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29BFA508" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="15A0F415" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="29BFA508" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15A0F415" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Annie Duprat et Claire </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Soussen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Cergy-Pontoise), « </w:t>
@@ -491,95 +477,95 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>XIIè-XVIIIè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> s.)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, journée d’étude de Cergy-Pontoise, mai 2010.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC0868B" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="2BDE542E" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="5AC0868B" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BDE542E" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-avec Florence Alazard et Laurent Gerbier (Tours),</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Empire et domination territoriale</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, journée d’étude de Tours, mai 2010. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B502F99" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="671C4EBB" w14:textId="1EEB99E3" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="0B502F99" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="671C4EBB" w14:textId="1EEB99E3" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-avec </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Elise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -606,59 +592,59 @@
         <w:t xml:space="preserve">Juges et rois d’Israël dans la pensée politique et religieuse des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>XIVè-XVIIè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> siècles</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, journée d’étude de Tours, janvier 2012. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742C852A" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="3610EECF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="742C852A" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3610EECF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Denise </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Turrel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Poitiers), </w:t>
@@ -666,59 +652,59 @@
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Historiographies huguenotes : autour de La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Popelinière</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, journée d’étude de Tours, novembre 2013. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A65989" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="7EF2C5AE" w14:textId="2DF1ED82" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="42A65989" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF2C5AE" w14:textId="2DF1ED82" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Ullrich Langer (Madison), </w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
@@ -731,545 +717,545 @@
           <w:i/>
         </w:rPr>
         <w:t> : regards rhétoriques et politiques</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, journée d’étude de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Wolfenbüttel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, janvier 2013. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E39DCEC" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...7 lines deleted...]
-    <w:p w14:paraId="2975F983" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="7E39DCEC" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2975F983" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-Avec Ullrich Langer (Madison), « Les remontrances d’Ancien régime : l’expression pacifiée des oppositions », séminaire d’histoire politique et religieuse, Tours, janvier 2014.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A36781" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="42A36781" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Avec Bernard Myers et Marie-Anne </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Péric</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tours), « La chute de Constantinople : sources et échos de mai 1453 », table ronde à l’Alliance française, Tours, juin 2014.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9E370B" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="0CD50B1D" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="1F9E370B" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD50B1D" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>-Avec Florence Alazard (Tours), « Conjurés, factieux, séditieux : la Renaissance et ses rebelles », table ronde aux Rendez-vous de l'histoire de Blois, octobre 2014.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE8EEE4" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="4405432F" w14:textId="2D97806E" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="3EE8EEE4" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4405432F" w14:textId="2D97806E" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Avec Ullrich Langer (Madison), « Les remontrances en Angleterre au </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>XVIIè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> siècle », journée d’étude de Chicago, janvier 2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654919D5" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="4A385D69" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="654919D5" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A385D69" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Avec Denise </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Turrel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Poitiers), « Recherches sur l’Histoire de France de La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Popelinière</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> », séminaire (II) de Paris (BSHPF), février 2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488F588E" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="057BE8FA" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="488F588E" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="057BE8FA" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-Avec Florence Alazard (Tours), « Les lectures de Machiavel en France au XVIème siècle », séminaire d’histoire politique et religieuse, Tours, mars 2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796C391B" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="51BF4105" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="796C391B" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51BF4105" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Avec Etienne </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Bourdeu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tours), « L’Empire à la Renaissance : entre âge d’or perdu et nouvelles formes de domination », table ronde aux Rendez-vous de l’histoire de Blois, octobre 2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC105AA" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="54192688" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="3AC105AA" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54192688" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Avec Denise </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Turrel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Poitiers), « Recherches sur l’Histoire de France de La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Popelinière</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> », séminaire (III) de Tours (CESR), novembre 2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028F1690" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="5897BD78" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="028F1690" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5897BD78" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-«</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> Médecine et politique : des savoirs médicaux aux pratiques politiques », séminaire d’histoire politique et religieuse, Tours, février 2016.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E8DF33D" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="251C11A6" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="1E8DF33D" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="251C11A6" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-Avec Ullrich Langer (Madison), « Les remontrances d’Ancien régime », journée d’étude de Tours, juin 2016.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4888517D" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="18F12B09" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="4888517D" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18F12B09" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Avec Denise </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Alderisi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> et Marie-Lou </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Lannier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tours), « Mémoire et oubli », séminaire d’histoire politique et religieuse, Tours, mars 2017.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACA2B33" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="6BE4AEAA" w14:textId="5E66C647" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="2ACA2B33" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BE4AEAA" w14:textId="5E66C647" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-Avec Ullrich Langer (Madison), « Les remontrances d’Ancien régime », journée d’étude de Tours, octobre 2017.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF239DF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="6C2FD4EF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="6AF239DF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C2FD4EF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Avec Audrey Pelée de Saint-Maurice et Pierre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Perresson</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tours), « Avant l’Eurêka : le processus de création à la Renaissance », table ronde aux Rendez-vous de l’histoire de Blois, octobre 2017.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F435052" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="5E0DC26E" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="2F435052" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E0DC26E" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Avec Massimiliano </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Traversino</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
@@ -1289,126 +1275,126 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Will, Power, and Being. Law, Philosophy, and Theology in the Early Modern Era”, colloque de Tours-Wittenberg, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>avril</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28044B78" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="28044B78" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12BA2C22" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="12BA2C22" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-Avec Cyril Cvetkovic, Audrey Pelée de Saint-Maurice et Jérôme Salmon (Tours), « Nouveaux regards sur les élites en Val de Loire à la Renaissance (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>XVè-XVIè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> siècles) », séminaire d’histoire politique et religieuse, Tours, avril 2018.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="136226DF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="11032F75" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="136226DF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11032F75" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-Avec Ullrich Langer (Madison), « Les remontrances d'Ancien régime : art de gouverner et contestation légitime », colloque de Tours, juin 2018.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D695273" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="3739EF55" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="5D695273" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3739EF55" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">-Avec Daniela </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Solfaroli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
@@ -1429,165 +1415,149 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> et Ueli </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Zahnd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève), « Réforme, réformes, réformation/s ? L’histoire religieuse de la première époque moderne : bilans et perspectives nouvelles de recherche », journée d’étude de l’IHR, Genève, novembre 2019.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC56D5B" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="5820D44C" w14:textId="7F1CE23E" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="3AC56D5B" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5820D44C" w14:textId="7F1CE23E" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Avec Benedikt Brunner et </w:t>
+        <w:t xml:space="preserve">-Avec Benedikt Brunner et Ueli Zahnd (Genève), « A Disembodied Religion? Corporeality and Embodiment in Early Reformed Thought », </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Ueli</w:t>
+        <w:t>journée</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Zahnd (Genève), « A Disembodied Religion? Corporeality and Embodiment in Early Reformed Thought », </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>journée</w:t>
+        <w:t>d’étude</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>d’étude</w:t>
+        <w:t>l’IHR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve">, Genève, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>l’IHR</w:t>
+        <w:t>novembre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Genève, </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 2020.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A225C35" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="1A225C35" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C9143A4" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="6C9143A4" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-Avec Lorenzo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
@@ -1633,257 +1603,257 @@
         <w:t xml:space="preserve"> (ENS Pise), « L’unité du multiple. Les communautés protestantes face aux pouvoirs politiques (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>XVIè-XVIIè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> siècle) », journée d’étude de l’IHR, Genève, novembre 2021.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0870CCE9" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="0870CCE9" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FFE82BA" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="7FFE82BA" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-avec Matteo Colombo, Jérémie Ferrer-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Bartomeu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> et Mélinda Fleury, « (Ab)jurer sa parole : promettre la guerre et s’engager pour la paix pendant les crises de l’époque moderne (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>XVIè-XVIIè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> siècle) », journées d’étude, Genève, février 2022. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A3FCEF1" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="2AE8B2A1" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="2A3FCEF1" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AE8B2A1" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The Most-Christian King’s Crown during French Wars of Religion: traditions, debates and discrepancies”, table ronde de la Renaissance Society of America, Dublin, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>avril</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2022. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36460EF6" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="36460EF6" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3ECA9BCD" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="3ECA9BCD" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-«</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> Aux frontières de la nature humaine : animaux, monstres et hybrides », table ronde des Journées Suisses d’Histoire, Genève, juillet 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B36FC5" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="7D6BF164" w14:textId="1FC81C79" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="25B36FC5" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D6BF164" w14:textId="1FC81C79" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Lorenzo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Comensoli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>« </w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Les traces d’un temps nouveau ? Percevoir la nouveauté du présent entre XVIe et XVIIe siècle », journée d’étude dans le cadre du projet « Temps du roi », Lyon, septembre 2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26CF18B2" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="340ADCDF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="26CF18B2" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="340ADCDF" w14:textId="77777777" w:rsidR="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Jean </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sénié</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
@@ -1927,89 +1897,89 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. La parole politique et diplomatique dans les arcanes du palais et les institutions du conseil et de la diplomatie du XVe au XVIIe siècle en Europe », </w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>atelier de lecture de sources dans le cadre du projet « Anthropologie politique et religieuse de la parole »</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, CESR de </w:t>
       </w:r>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Tours, octobre 2023. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BBD2C05" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
-[...8 lines deleted...]
-    <w:p w14:paraId="1FE957C8" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="1BBD2C05" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE957C8" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-avec Julien Léonard, « La parole religieuse », atelier de lecture de sources dans le cadre du projet « Anthropologie politique et religieuse de la parole », Nancy, avril 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0B3154" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00215125">
+    <w:p w14:paraId="6D0B3154" w14:textId="77777777" w:rsidR="002A3651" w:rsidRPr="002A3651" w:rsidRDefault="002A3651" w:rsidP="00811D97">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59B00B6D" w14:textId="0A956AD8" w:rsidR="003A0BA6" w:rsidRPr="002A3651" w:rsidRDefault="003A0BA6" w:rsidP="00215125">
+    <w:p w14:paraId="59B00B6D" w14:textId="0A956AD8" w:rsidR="003A0BA6" w:rsidRPr="002A3651" w:rsidRDefault="003A0BA6" w:rsidP="00811D97">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Marta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Battisti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2031,217 +2001,474 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>, Jérémie Ferrer-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bartomeu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A3651">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> et Monique Weis, « La parole représentée / représenter la parole. De l’acte de langage à l’acte d’image », atelier de lecture de sources dans le cadre du projet « Anthropologie politique et religieuse de la parole », Louvain-La-Neuve, octobre 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C45376" w14:textId="77777777" w:rsidR="003A0BA6" w:rsidRDefault="003A0BA6" w:rsidP="00215125">
+    <w:p w14:paraId="61C45376" w14:textId="77777777" w:rsidR="003A0BA6" w:rsidRDefault="003A0BA6" w:rsidP="00811D97">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2869D2E8" w14:textId="77777777" w:rsidR="005D6D0B" w:rsidRPr="00B80637" w:rsidRDefault="005D6D0B" w:rsidP="00215125">
+    <w:p w14:paraId="57FFC383" w14:textId="77777777" w:rsidR="00E07BEF" w:rsidRPr="007D0F2D" w:rsidRDefault="00E07BEF" w:rsidP="00811D97">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-avec Ingrid De Smet (Warwick) et Christian Martens (FNS-IHR), colloque « François Hotman : un homme d’action, entre droit, histoire et théologie », Genève, novembre 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CF0500" w14:textId="77777777" w:rsidR="00E07BEF" w:rsidRDefault="00E07BEF" w:rsidP="00811D97">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09FC6F6E" w14:textId="7EFFD971" w:rsidR="00E07BEF" w:rsidRDefault="00E07BEF" w:rsidP="00811D97">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-avec Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Louvain</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/FNRS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>), atelier de lectures-de sources sur « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:t>La parole représentée / Représenter la parole : de l’acte de langage à l’acte d’image</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> », Louvain, octobre 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D94D35" w14:textId="77777777" w:rsidR="00D32485" w:rsidRDefault="00D32485" w:rsidP="00811D97">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="344B8596" w14:textId="77777777" w:rsidR="00E07BEF" w:rsidRDefault="00E07BEF" w:rsidP="00811D97">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-avec Lorenzo Paoli</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (FNS-IHR)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">journée d’étude </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0F2D">
+        <w:rPr>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Passé-Présent : concilier l’inconciliable pendant les guerres civiles (XVIe siècle) ? », Genève, avril 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2DED41" w14:textId="77777777" w:rsidR="00E07BEF" w:rsidRDefault="00E07BEF" w:rsidP="00811D97">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50508EED" w14:textId="77777777" w:rsidR="00E07BEF" w:rsidRPr="0019277C" w:rsidRDefault="00E07BEF" w:rsidP="00811D97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+        <w:t>-avec Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Louvain/FNRS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Monique Weis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Luxembourg)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+        <w:t>, colloque « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Quand dire, c’est taire. Parole, silence et performance de l’acte de langage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>à l’époque moderne (XVI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-XVIII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle) », Belval (Luxembourg), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="360C21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">octobre 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D880638" w14:textId="77777777" w:rsidR="00E07BEF" w:rsidRPr="007D0F2D" w:rsidRDefault="00E07BEF" w:rsidP="00811D97">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2869D2E8" w14:textId="77777777" w:rsidR="005D6D0B" w:rsidRPr="00B80637" w:rsidRDefault="005D6D0B" w:rsidP="00811D97">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005D6D0B" w:rsidRPr="00B80637" w:rsidSect="00875043">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="355BBA81" w14:textId="77777777" w:rsidR="0073302C" w:rsidRDefault="0073302C" w:rsidP="00215125">
+    <w:p w14:paraId="1DB995E6" w14:textId="77777777" w:rsidR="00F60134" w:rsidRDefault="00F60134" w:rsidP="00215125">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BBF3C35" w14:textId="77777777" w:rsidR="0073302C" w:rsidRDefault="0073302C" w:rsidP="00215125">
+    <w:p w14:paraId="04F56AC8" w14:textId="77777777" w:rsidR="00F60134" w:rsidRDefault="00F60134" w:rsidP="00215125">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B0F0D02" w14:textId="77777777" w:rsidR="0073302C" w:rsidRDefault="0073302C" w:rsidP="00215125">
+    <w:p w14:paraId="5C9E56E3" w14:textId="77777777" w:rsidR="00F60134" w:rsidRDefault="00F60134" w:rsidP="00215125">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1ECFA82E" w14:textId="77777777" w:rsidR="0073302C" w:rsidRDefault="0073302C" w:rsidP="00215125">
+    <w:p w14:paraId="3ABCD8A0" w14:textId="77777777" w:rsidR="00F60134" w:rsidRDefault="00F60134" w:rsidP="00215125">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1578713662"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="185EFEED" w14:textId="6CFFDEA3" w:rsidR="00215125" w:rsidRDefault="00215125" w:rsidP="00C508D8">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5BD513A1" w14:textId="77777777" w:rsidR="00215125" w:rsidRDefault="00215125" w:rsidP="00215125">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1899935331"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="13BDB621" w14:textId="57AFFA34" w:rsidR="00215125" w:rsidRDefault="00215125" w:rsidP="00C508D8">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
@@ -2251,116 +2478,122 @@
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7C1A3059" w14:textId="77777777" w:rsidR="00215125" w:rsidRDefault="00215125" w:rsidP="00215125">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="217"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B5D5B"/>
     <w:rsid w:val="001848FB"/>
     <w:rsid w:val="00215125"/>
     <w:rsid w:val="002A3651"/>
     <w:rsid w:val="002F5939"/>
+    <w:rsid w:val="00310793"/>
     <w:rsid w:val="003A0BA6"/>
+    <w:rsid w:val="004B309A"/>
     <w:rsid w:val="005B3B68"/>
     <w:rsid w:val="005D6D0B"/>
     <w:rsid w:val="0072463F"/>
     <w:rsid w:val="0073302C"/>
     <w:rsid w:val="007B5D5B"/>
+    <w:rsid w:val="00811D97"/>
     <w:rsid w:val="00875043"/>
     <w:rsid w:val="008C66A0"/>
     <w:rsid w:val="00B80637"/>
     <w:rsid w:val="00C33BDD"/>
     <w:rsid w:val="00CF695D"/>
+    <w:rsid w:val="00D32485"/>
     <w:rsid w:val="00D657CF"/>
+    <w:rsid w:val="00E07BEF"/>
+    <w:rsid w:val="00F60134"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1309406F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2514DC6D-1DAD-EF4E-8EED-1F4B2C78F35F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2906,51 +3139,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
     <w:name w:val="En-tête Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="En-tte"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00215125"/>
   </w:style>
   <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00215125"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -3215,70 +3448,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5482</Characters>
+  <Pages>4</Pages>
+  <Words>1115</Words>
+  <Characters>6136</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6466</CharactersWithSpaces>
+  <CharactersWithSpaces>7237</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>