--- v0 (2025-12-12)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="37638F58" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00FE457A" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE457A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Paul-Alexis Mellet</w:t>
@@ -120,181 +120,366 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">FNS ARCHEO-POL : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B467789" w14:textId="36C2ACC4" w:rsidR="00F623A0" w:rsidRPr="004D4ECB" w:rsidRDefault="004D4ECB" w:rsidP="004D4ECB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004D4ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>la Bibliothèque des Monarchomaques</w:t>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bibliothèque des Monarchomaques</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56454315" w14:textId="77777777" w:rsidR="004D4ECB" w:rsidRDefault="004D4ECB" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B92ABEA" w14:textId="1AF4ECE3" w:rsidR="004D4ECB" w:rsidRPr="004D4ECB" w:rsidRDefault="004D4ECB" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Programme de recherche financé par le Fonds national suisse pour une durée de 4 ans (2024-2028)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, dirigé par Paul-Alexis Mellet et mené avec Lorenzo Paoli (postdoc), Alyze Bianco (doc) et Nicolas Champeaux (doc). </w:t>
+        <w:t xml:space="preserve">, dirigé par Paul-Alexis Mellet et mené avec Lorenzo Paoli (postdoc), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Alyze</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bianco (doc) et Nicolas Champeaux (doc). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D3340AD" w14:textId="77777777" w:rsidR="004D4ECB" w:rsidRDefault="004D4ECB" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32ACC70B" w14:textId="77777777" w:rsidR="004D4ECB" w:rsidRPr="004D4ECB" w:rsidRDefault="004D4ECB" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dans son ouvrage de 2013 sur le </w:t>
       </w:r>
       <w:r w:rsidRPr="004D4ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Pouvoir absolu</w:t>
       </w:r>
       <w:r w:rsidRPr="004D4ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>, l’historienne Arlette Jouanna s’interrogeait avec perplexité sur l’étrangeté de la Renaissance : « comment retrouver un monde aujourd’hui si lointain ? ». Mais elle répondait immédiatement avec enthousiasme : l’entreprise vaut la peine d’être menée, car « c’est de la réflexion des penseurs d’autrefois que sont nés des concepts qui perdurent au coeur de la pensée politique : la souveraineté, l’Etat, le droit de résistance, la liberté des individus ». Or, ce sont précisément ces mêmes concepts, issus de l’Antiquité et du Moyen-Age, qui ont été exhumés, actualisés et articulés, dans le contexte européen des guerres de religion en Europe au XVIè siècle, pour constituer la théorie dite « monarchomaque ». L’idée d’une résistance armée légitime au nom des libertés publiques a ensuite connu une grande postérité, par exemple chez Hobbes et Rousseau, dans les révolutions anglaise, américaine et française, et jusque dans les mouvements de protestation en Europe et aux Etats-Unis en 1968. Mais d’où vient-elle exactement ? Comment s’est-elle constituée ?</w:t>
+        <w:t xml:space="preserve">, l’historienne Arlette </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Jouanna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s’interrogeait avec perplexité sur l’étrangeté de la Renaissance : « comment retrouver un monde aujourd’hui si lointain ? ». Mais elle répondait immédiatement avec enthousiasme : l’entreprise vaut la peine d’être menée, car « c’est de la réflexion des penseurs d’autrefois que sont nés des concepts qui perdurent au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>coeur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la pensée politique : la souveraineté, l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le droit de résistance, la liberté des individus ». Or, ce sont précisément ces mêmes concepts, issus de l’Antiquité et du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Moyen-Age</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, qui ont été exhumés, actualisés et articulés, dans le contexte européen des guerres de religion en Europe au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>XVIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle, pour constituer la théorie dite « monarchomaque ». L’idée d’une résistance armée légitime au nom des libertés publiques a ensuite connu une grande postérité, par exemple chez Hobbes et Rousseau, dans les révolutions anglaise, américaine et française, et jusque dans les mouvements de protestation en Europe et aux Etats-Unis en 1968. Mais d’où vient-elle exactement ? Comment s’est-elle constituée ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="295CBE79" w14:textId="77777777" w:rsidR="004D4ECB" w:rsidRPr="004D4ECB" w:rsidRDefault="004D4ECB" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>L’objectif de ce projet de recherche est de se concentrer sur les sources de ces concepts, et renouveler la compréhension des Monarchomaques, ces juristes et théologiens calvinistes de la fin du XVIè siècle qui ont justifié la résistance armée. Alors qu’ils sont bien connus aujourd’hui, de nombreuses zones d’ombre subsistent : liste précise des ouvrages et de leurs rééditions, réponses critiques, influences et surtout sources et références. Il s’agit donc d’offrir des analyses transversales de textes souvent étudiés séparément, tout en adoptant une méthode originale : l’étude des sources dont ils se sont inspirés. Quelles étaient leurs formations et leurs lectures ? Quelles interprétations faisaient-ils de la Bible, des philosophes de l’Antiquité, des juristes médiévaux ou des historiens qui les ont précédés ? Quelles influences ces pratiques intellectuelles et éditoriales ont-elles suscitées ? Pour eux, le précédent historique ne rendait pas seulement possible une forme institutionnelle du passé, il la rendait réelle en montrant qu’elle a déjà existé (Grafton et Schwab 2022).</w:t>
+        <w:t xml:space="preserve">L’objectif de ce projet de recherche est de se concentrer sur les sources de ces concepts, et renouveler la compréhension des Monarchomaques, ces juristes et théologiens calvinistes de la fin du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>XVIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle qui ont justifié la résistance armée. Alors qu’ils sont bien connus aujourd’hui, de nombreuses zones d’ombre subsistent : liste précise des ouvrages et de leurs rééditions, réponses critiques, influences et surtout sources et références. Il s’agit donc d’offrir des analyses transversales de textes souvent étudiés séparément, tout en adoptant une méthode originale : l’étude des sources dont ils se sont inspirés. Quelles étaient leurs formations et leurs lectures ? Quelles interprétations faisaient-ils de la Bible, des philosophes de l’Antiquité, des juristes médiévaux ou des historiens qui les ont précédés ? Quelles influences ces pratiques intellectuelles et éditoriales ont-elles suscitées ? Pour eux, le précédent historique ne rendait pas seulement possible une forme institutionnelle du passé, il la rendait réelle en montrant qu’elle a déjà existé (Grafton et Schwab 2022).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6603FAC0" w14:textId="41308F84" w:rsidR="004D4ECB" w:rsidRPr="004D4ECB" w:rsidRDefault="004D4ECB" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mais il fallait encore que ces cas anciens puissent être érigés en modèles exemplaires pour le présent ou l’avenir (Hampton 1990 ; Giavarini 2008). Le système repose donc sur une véritable « théorie des sources », de leur nature (lesquelles ?) et de leur fonction (quels modèles pour l’avenir ?). Ce sont ces sources, parfois communes aux catholiques et aux protestants (Frank 2023), qui ont fait l’objet de grandes controverses pendant les guerres de religion. Ce sont ces sources, finalement, qui ont dessiné les contours d’une méthode polémique, l’« exigence critique dans la parole pamphlétaire » (Christin 2014), qui s’est imposée jusqu’à aujourd’hui. Le projet propose ainsi de relire les traités monarchomaques à partir des sources sur lesquelles ils s’appuient. Pour mener à bien ce projet portant sur un </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Mais il fallait encore que ces cas anciens puissent être érigés en modèles exemplaires pour le présent ou l’avenir (Hampton 1990 ; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D4ECB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:t>Giavarini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2008). Le système repose donc sur une véritable « théorie des sources », de leur nature (lesquelles ?) et de leur fonction (quels modèles pour l’avenir ?). Ce sont ces sources, parfois communes aux catholiques et aux protestants (Frank 2023), qui ont fait l’objet de grandes controverses pendant les guerres de religion. Ce sont ces sources, finalement, qui ont dessiné les contours d’une méthode polémique, l</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>’«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> exigence critique dans la parole pamphlétaire » (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Christin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014), qui s’est imposée jusqu’à aujourd’hui. Le projet propose ainsi de relire les traités monarchomaques à partir des sources sur lesquelles ils s’appuient. Pour mener à bien ce projet portant sur un </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>corpus de recherche redéfini et enrichi, nous proposons de recourir aux outils numériques qui permettront de rechercher ces sources, de les comparer entre les textes, de mesurer leur impact et leur réception dans d’autres textes et d’autres contextes, notamment pour les critiques qu’ils ont reçues. D’un point de vue épistémologique, l’analyse computationnelle fournit en effet des outils permettant des recherches dans des corpus élargis.</w:t>
+        <w:t>corpus</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D4ECB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de recherche redéfini et enrichi, nous proposons de recourir aux outils numériques qui permettront de rechercher ces sources, de les comparer entre les textes, de mesurer leur impact et leur réception dans d’autres textes et d’autres contextes, notamment pour les critiques qu’ils ont reçues. D’un point de vue épistémologique, l’analyse computationnelle fournit en effet des outils permettant des recherches dans des corpus élargis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="285687CA" w14:textId="77777777" w:rsidR="004D4ECB" w:rsidRDefault="004D4ECB" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="218DFC96" w14:textId="77777777" w:rsidR="004D4ECB" w:rsidRPr="00C63036" w:rsidRDefault="004D4ECB" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0964A9CD" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
@@ -333,273 +518,478 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Programme</w:t>
       </w:r>
       <w:r w:rsidR="00F623A0" w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de recherche interdisciplinaire (Histoire et Littérature), dirigé par Estelle Doudet (Lausanne) et Paul-Alexis Mellet (Genève)</w:t>
+        <w:t xml:space="preserve"> de recherche interdisciplinaire (Histoire et Littérature), dirigé par Estelle </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F623A0" w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Doudet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F623A0" w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Lausanne) et Paul-Alexis Mellet (Genève)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CFB860" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59E10EF1" w14:textId="246564B8" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
+    <w:p w14:paraId="59E10EF1" w14:textId="7FDBDB63" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Ce projet propose d’étudier un genre de discours occasionnels bien particulier : les « discours véritables » (ou « histoires au vray »). Ces textes, dont la multiplication entre 1450 et 1650 retient l’attention, présentent une similarité de titres mais une grande variété de contenus : l’avancée des Turcs, les conflits en Espagne ou en Angleterre, les défaites catholiques ou protestantes en France ou en Suisse, mais aussi toute une série de « faits divers » ou spectaculaires, tels les prodiges ou les comètes, les assassinats entre époux, les procès de sorcellerie, les « estrangetez » diverses… L’éclatement de ces objets, tout comme la modestie de leurs formats, expliquent probablement le désintérêt des historiens pour ces sources. L’objectif du projet est de tenter de caractériser ce « genre de discours », tout en inscrivant ces imprimés éphémères dans une approche interdisciplinaire (histoire et littérature). Qu’est-ce qui est « vrai » ou « véritable » dans les « discours véritables » ? Quelles sont les modalités de récit des événements ? Quelles sont les logiques de véridiction justifiant l’adoption de ce titre très particulier ? Quelles sont les durées de vie de ces imprimés inscrits et parfois « enfermés » dans l’actualité, mais dont certains se démarquent par une durée de vie (rééditions) étonnante ?</w:t>
+        <w:t xml:space="preserve">Ce projet propose d’étudier un genre de discours occasionnels bien particulier : les « discours véritables » (ou « histoires au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>vray</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> »). Ces textes, dont la multiplication entre 1450 et 1650 retient l’attention, présentent une similarité de titres mais une grande variété de contenus : l’avancée des Turcs, les conflits en Espagne ou en Angleterre, les défaites catholiques ou protestantes en France ou en Suisse, mais aussi toute une série de « faits divers » ou spectaculaires, tels les prodiges ou les comètes, les assassinats entre époux, les procès de sorcellerie, les « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>estrangetez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » diverses… L’éclatement de ces objets, tout comme la modestie de leurs formats, expliquent probablement le désintérêt des historiens pour ces sources. L’objectif du projet est de tenter de caractériser ce « genre de discours », tout en inscrivant ces imprimés éphémères dans une approche interdisciplinaire (histoire et littérature). Qu’est-ce qui est « vrai » ou « véritable » dans les « discours véritables » ? Quelles sont les modalités de récit des événements ? Quelles sont les logiques de véridiction justifiant l’adoption de ce titre très particulier ? Quelles sont les durées de vie de ces imprimés inscrits et parfois « enfermés » dans l’actualité, mais dont certains se démarquent par une durée de vie (rééditions) étonnante ?</w:t>
       </w:r>
       <w:r w:rsidR="000C1C1C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Après plus de deux années de réunion régulières, le groupe prépare maintenant une publication de discours véritables édités et commentés. </w:t>
+        <w:t xml:space="preserve"> Après plus de </w:t>
+      </w:r>
+      <w:r w:rsidR="002B5A15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>trois</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1C1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> années de réunion régulières, le groupe prépare maintenant une publication de discours véritables édités et commentés</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5A15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, aux éditions Brill, collection Parole(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1C1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A072C1D" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="703411F9" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18A27B90" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Anthropologie politique et religieuse de la parole, XVIè-XVIIè siècles</w:t>
+        <w:t xml:space="preserve">Anthropologie politique et religieuse de la parole, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>XVIè-XVIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C6B11C4" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22954680" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Programme de recherche dirigé par Monique Weis (Luxembourg), Jérémie Ferrer-Bartomeu (FNRS) et Paul-Alexis Mellet (Genève)</w:t>
+        <w:t>Programme de recherche dirigé par Monique Weis (Luxembourg), Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (FNRS) et Paul-Alexis Mellet (Genève)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BE5C1D" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48E0A68B" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00C63036">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:t>https://parole.hypotheses.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D61EC73" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60B8DC54" w14:textId="52C795E1" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
+    <w:p w14:paraId="60B8DC54" w14:textId="2DC4EEBA" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le projet de recherche « Anthropologie politique et religieuse de la parole (XVIè-XVIIè siècles) » envisage de s’interroger sur la question de la parole, depuis sa genèse moderne à sa profusion contemporaine, mais également à son impact. Il vise en particulier à mettre en lumière l’importance de la problématique de la gestion de la parole dans les sociétés modernes. Dans un paradoxe tout à fait fascinant, la parole oscille entre abondance et rareté : le pouvoir qu’elle détient lui provient de cette dernière et son utilisation doit donc être parcimonieuse et, surtout, contrôlée. C’est ainsi que des stratégies communicationnelles et des acteurs institutionnels naissent ou se développent afin de maîtriser la production, la diffusion et la réception de la parole politique. Cependant, ils ne sont pas seuls détenteurs du « verbe politique » et les crises successives qui secouent la première modernité encouragent </w:t>
+        <w:t>Le projet de recherche « Anthropologie politique et religieuse de la parole (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>XVIè-XVIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles) » envisage de s’interroger sur la question de la parole, depuis sa genèse moderne à sa profusion contemporaine, mais également à son impact. Il vise en particulier à mettre en lumière l’importance de la problématique de la gestion de la parole dans les sociétés modernes. Dans un paradoxe tout à fait fascinant, la parole oscille entre abondance et rareté : le pouvoir qu’elle détient lui provient de cette dernière et son utilisation doit donc être parcimonieuse et, surtout, contrôlée. C’est ainsi que des stratégies communicationnelles et des acteurs institutionnels naissent ou se développent afin de maîtriser la production, la diffusion et la réception de la parole politique. Cependant, ils ne sont pas seuls détenteurs du </w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>une amplification des discours : l’opposition se multiplie en même temps que les pôles de production, l’imprimerie rend la diffusion plus aisée mais plus incontrôlable, et le pouvoir sacré de la parole souveraine est mis à mal par de nouvelles concurrences. Dans la gestion des crises politiques et religieuses de la première modernité, la parole est à la fois problème et solution.</w:t>
+        <w:t>« verbe politique » et les crises successives qui secouent la première modernité encouragent une amplification des discours : l’opposition se multiplie en même temps que les pôles de production, l’imprimerie rend la diffusion plus aisée mais plus incontrôlable, et le pouvoir sacré de la parole souveraine est mis à mal par de nouvelles concurrences. Dans la gestion des crises politiques et religieuses de la première modernité, la parole est à la fois problème et solution.</w:t>
       </w:r>
       <w:r w:rsidR="000C1C1C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Après 3 colloques (Genève, Belval-Luxembourg et Bruxelles) et 3 ateliers de lecture de source (Tours, Nancy et Louvain-la-Neuve), un projet de publication est en cours. </w:t>
+        <w:t xml:space="preserve"> Après 3 colloques (Genève, Belval-Luxembourg et Bruxelles) et 3 ateliers de lecture de source (Tours, Nancy et Louvain-la-Neuve), un </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD07F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaste </w:t>
+      </w:r>
+      <w:r w:rsidR="000C1C1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>projet de publication est en cours</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD07F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidR="00730A4B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD07F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> volumes à paraître aux éditions Brill, collection </w:t>
+      </w:r>
+      <w:r w:rsidR="00730A4B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Parole(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1C1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE979BA" w14:textId="0F91BD8B" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65213DC8" w14:textId="77777777" w:rsidR="007C0309" w:rsidRPr="00C63036" w:rsidRDefault="007C0309" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="001B6E52" w14:textId="2198352D" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">François Leguat, un huguenot </w:t>
+        <w:t xml:space="preserve">François </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Leguat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, un huguenot </w:t>
       </w:r>
       <w:r w:rsidR="00DB6270">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>en exil</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1637-1735)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396EAEEB" w14:textId="663941E3" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
@@ -613,1749 +1003,2402 @@
     </w:p>
     <w:p w14:paraId="3DA19D79" w14:textId="673CB718" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F623A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Programme de recherche dirigé par l’association Histoire et Patrimoine, dans le cadre de l’union Patrimoine des Pays de l’Ain</w:t>
       </w:r>
       <w:r w:rsidR="00DB6270">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, dirigée par Christophe Greffet</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, dirigée par Christophe </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DB6270">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Greffet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1F48F2F4" w14:textId="4C9D4F4F" w:rsidR="00DB6270" w:rsidRDefault="00DB6270" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4090D593" w14:textId="44CAABA8" w:rsidR="00F623A0" w:rsidRPr="007C0309" w:rsidRDefault="00DB6270" w:rsidP="004D4ECB">
+    <w:p w14:paraId="4090D593" w14:textId="0C79CBED" w:rsidR="00F623A0" w:rsidRPr="007C0309" w:rsidRDefault="00DB6270" w:rsidP="004D4ECB">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>François Leguat est un écuyer huguenot français originaire de Bresse. Après la révocation de l’édit de Nantes (1685), il quitte ses terres pour rejoindre Amsterdam en 1689. Il y rencontre Henri Du Quesne, avec lequel il conçoit une vaste expédition vers l’île de Mascareigne (La Réunion)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C579E">
+        <w:t xml:space="preserve">François </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pour découvrir ce qu’ils appellent « l’Eden », un territoire vierge propre à accueillir des colons protestants</w:t>
-      </w:r>
+        <w:t>Leguat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C579E">
+        <w:t xml:space="preserve"> est un écuyer huguenot français originaire de Bresse. Après la révocation de l’édit de Nantes (1685), il quitte ses terres pour rejoindre Amsterdam en 1689. Il y rencontre Henri Du Quesne, avec lequel il conçoit une vaste expédition vers l’île de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>I</w:t>
-      </w:r>
+        <w:t>Mascareigne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>l part avec une dizaine de coreligionnaires et établit une colonie à Rodrigue</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:t xml:space="preserve"> (La Réunion)</w:t>
+      </w:r>
+      <w:r w:rsidR="000C579E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s. Il y reste deux ans avant de repartir vers l’île Maurice, où il est emprisonné pendant de longs mois. Il rentre finalement en Europe en 1698 et s’installe à Londres. Il </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C579E">
+        <w:t xml:space="preserve"> pour découvrir ce qu’ils appellent « l’Eden », un territoire vierge propre à accueillir des colons protestants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">y </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C579E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">publie son </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t>Voyage et avantures de François Leguat &amp; de ses compagnons, en deux isles desertes des Indes orientales</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l part avec une dizaine de coreligionnaires et établit une colonie à Rodrigue</w:t>
       </w:r>
       <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Amsterdam, Jean Louis de Lorme, 2 vol., 1708 ; rééd. Londres, David Mortier, 2 vol., 1720. Le texte </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00496C30">
+        <w:t xml:space="preserve">s. Il y reste deux ans avant de repartir vers l’île Maurice, où il est emprisonné pendant de longs mois. Il rentre finalement en Europe en 1698 et s’installe à Londres. Il </w:t>
+      </w:r>
+      <w:r w:rsidR="000C579E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a été traduit</w:t>
+        <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en 1708 en néerlandais et en 1723 en anglais. Ce </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00496C30">
+        <w:t xml:space="preserve">publie son </w:t>
+      </w:r>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Voyage et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="007C0309" w:rsidRPr="007C0309">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>avantures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00496C30">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de François </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="007C0309" w:rsidRPr="007C0309">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Leguat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="007C0309">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; de ses compagnons, en deux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00496C30">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>isles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="007C0309">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">retraçant la vie longue et mouvementée de François Leguat. </w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>desertes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des Indes orientales</w:t>
+      </w:r>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Amsterdam, Jean Louis de Lorme, 2 vol., 1708 ; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rééd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Londres, David Mortier, 2 vol., 1720. Le texte </w:t>
+      </w:r>
+      <w:r w:rsidR="00496C30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a été traduit</w:t>
+      </w:r>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en 1708 en néerlandais et en 1723 en anglais. Ce </w:t>
+      </w:r>
+      <w:r w:rsidR="00496C30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>récit</w:t>
+      </w:r>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> passionnant traduit la foi réformée de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Leguat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008723E2" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et son désir </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0309" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de découvrir des nouvelles terres pour y implanter une colonie protestante. Le contenu du livre, décrivant </w:t>
+      </w:r>
+      <w:r w:rsidR="00496C30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non seulement </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0309" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les côtes, les îles, la faune et la flore, mais aussi les efforts déployés pour construire une colonie, a donné lieu à de nombreux débats aux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C0309" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XVIIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C0309" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C0309" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XIXè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C0309" w:rsidRPr="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles. </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Le groupe de recherche travaille actuellement à une série de conférences et à un</w:t>
+      </w:r>
+      <w:r w:rsidR="00496C30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ouvrage </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retraçant la vie longue et mouvementée de François </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Leguat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00730A4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, à paraître aux éditions PPA (Patrimoine des Pays de l’Ain)</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11FF434A" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00000C3B">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EF96873" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DEFAE09" w14:textId="08C52A6E" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Concorde et discorde (XVIè siècle)</w:t>
+        <w:t>Concorde et discorde (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>XVIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EF46476" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00BEF0DE" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Programme de recherche dirigé par Stéphan Geonget, CESR de Tours</w:t>
+        <w:t xml:space="preserve">Programme de recherche dirigé par Stéphan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Geonget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, CESR de Tours</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382B1AA3" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68A9BC93" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Saint Augustin dit de la paix qu’elle est une « concorde raisonnable » (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ordinata</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>concordia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>). Cette conception n’est pas oubliée à la Renaissance : nombreux sont ceux qui, au cours des guerres civiles, mettent au centre de leur réflexion cette union des cœurs que désigne étymologiquement la concorde. Louis Le Caron évoque en ce sens la recherche d’une « paisible concorde » et Du Moulin en mentionne les modalités pratiques (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Oratio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>concordia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>, 1546).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52B44525" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Mais la concorde n’est pas la paix. Cette dernière n’est que la condition pour qu’une concorde s’installe. La concorde, elle, permet à l’harmonie de s’installer et de durer dans le temps. Le contexte européen de la Renaissance (du xv</w:t>
+        <w:t xml:space="preserve">Mais la concorde n’est pas la paix. Cette dernière n’est que la condition pour qu’une concorde s’installe. La concorde, elle, permet à l’harmonie de s’installer et de durer dans le temps. Le contexte européen de la Renaissance (du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>xv</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> au milieu du xvii</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au milieu du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>xvii</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...4 lines deleted...]
-        <w:t> siècle) permet sans doute de comprendre la présence accrue de cette notion de concorde, qu’il ne faudrait pas réduire à une réponse à l’esprit belliqueux supposé du temps. Quand, dans l’Italie de la toute fin du xvi</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle) permet sans </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">doute de comprendre la présence accrue de cette notion de concorde, qu’il ne faudrait pas réduire à une réponse à l’esprit belliqueux supposé du temps. Quand, dans l’Italie de la toute fin du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>xvi</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...12 lines deleted...]
-        <w:t>traité que Lodovico Carbone avait rédigé un siècle plus tôt et qu’il consacrait à l’amour et à la concorde fraternelle, c’est un véritable projet de société qui est proposé pour prévenir toute discorde par la promotion de nouvelles règles de vie. De l’Angleterre à l’Italie, de la péninsule Ibérique au Saint-Empire, on observe alors la diffusion de la métaphore musicale pour décrire le fonctionnement des États et des sociétés : la concorde, c’est aussi l’harmonie produite par l’accord consonnant, qu’il s’agit donc de rechercher.</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> siècle presque pacifiée sous la domination espagnole, on imprime la traduction d’un traité que Lodovico Carbone avait rédigé un siècle plus tôt et qu’il consacrait à l’amour et à la concorde fraternelle, c’est un véritable projet de société qui est proposé pour prévenir toute discorde par la promotion de nouvelles règles de vie. De l’Angleterre à l’Italie, de la péninsule Ibérique au Saint-Empire, on observe alors la diffusion de la métaphore musicale pour décrire le fonctionnement des États et des sociétés : la concorde, c’est aussi l’harmonie produite par l’accord consonnant, qu’il s’agit donc de rechercher.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68CD6BF0" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Attirant notre attention sur le xvi</w:t>
+        <w:t xml:space="preserve">Attirant notre attention sur le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>xvi</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...4 lines deleted...]
-        <w:t> siècle comme moment de reconfiguration des représentations politiques, Jean Nagle a proposé de parler de « civilisation du cœur » pour écrire son histoire du sentiment politique en France du xii</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle comme moment de reconfiguration des représentations politiques, Jean </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Nagle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a proposé de parler de « civilisation du cœur » pour écrire son histoire du sentiment politique en France du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>xii</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> au xix</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>xix</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> siècle et définir ainsi un « ordre cordial » qui n’est pas sans rapport avec un ordre féodal construit sur le don de soi. Des historiens ont par le passé attiré l’attention sur cette thématique importante du « cœur », comme Mario Turchetti à propos des « moyenneurs » ou Olivier Christin pour les « paix de religion ».</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle et définir ainsi un « ordre cordial » qui n’est pas sans rapport avec un ordre féodal construit sur le don de soi. Des historiens ont par le passé attiré l’attention sur cette thématique importante du « cœur », comme Mario </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Turchetti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à propos des « moyenneurs » ou Olivier </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Christin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour les « paix de religion ».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB2CBAD" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mais le terme même de « concorde » mérite, nous semble-t-il, de nouvelles investigations. Que veut dire par exemple Jean Lemaire de Belges quand il parle de </w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>La concorde du genre humain</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t> ? « Paix fut trouvée et Concorde tissue, / Dont le doulx fruict de desirée yssue / A partury nostre dame et princesse / Si s’en deult trop l’infernalle sansue / Et de fremir mal contente ne cesse ».</w:t>
+        <w:t xml:space="preserve"> ? « Paix fut trouvée et Concorde tissue, / Dont le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>doulx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>fruict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>desirée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>yssue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>partury</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>nostre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dame et princesse / Si s’en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>deult</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trop l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>infernalle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>sansue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Et de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>fremir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mal contente ne cesse ».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="053C7E7F" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>*1 : Tout d’abord, une réflexion sur les représentations allégoriques de la concorde semble nécessaire. Dès le xv</w:t>
+        <w:t xml:space="preserve">*1 : Tout d’abord, une réflexion sur les représentations allégoriques de la concorde semble nécessaire. Dès le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>xv</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> siècle, et plus encore pendant les crises religieuses et politiques du xvi</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle, et plus encore pendant les crises religieuses et politiques du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>xvi</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> siècle, des représentations visuelles et poétiques de la concorde se multiplient sous la forme d’emblèmes (Alciat, 1548 ; Corrozet, 1543) ou d’incitations à la paix (remontrances). Il faut alors comparer les représentations de la concorde dans leurs rapports avec celles de la discorde, et les distinguer aussi des représentations allégoriques de la paix.</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle, des représentations visuelles et poétiques de la concorde se multiplient sous la forme d’emblèmes (Alciat, 1548 ; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Corrozet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, 1543) ou d’incitations à la paix (remontrances). Il faut alors comparer les représentations de la concorde dans leurs rapports avec celles de la discorde, et les distinguer aussi des représentations allégoriques de la paix.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CCD8F05" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">*2 : De plus, dans la continuité des travaux sur Claude d’Espence, il est possible de s’interroger sur les traductions théologiques et ecclésiologiques de la concorde. Une réflexion sur la formalisation de la concorde, à commencer par les efforts du colloque de Poissy (1561) ou la </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Formula concordiae </w:t>
+        <w:t>*2 : De plus, dans la continuité des travaux sur Claude d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Espence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, il est possible de s’interroger sur les traductions théologiques et ecclésiologiques de la concorde. Une réflexion sur la formalisation de la concorde, à commencer par les efforts du colloque de Poissy (1561) ou la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Formula </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>concordiae</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">de 1577, permettrait d’observer les traductions théologiques, juridiques et politiques de la concorde, dans la continuité des recherches de Paolo Prodi, sans oublier que la </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>concordia</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> s’impose dans les réflexions bien en amont du V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> concile de Latran.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74F4BE8E" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>*3 : En outre, la tolérance et le groupe des « moyenneurs », étudiés par Mario Turchetti, mériteraient d’être interrogés à nouveaux frais. Dans quelle mesure l’idéal de concorde, partagé par les différents camps pendant les conflits, conduit-il à dessiner les contours d’une paix durable ? À l’inverse, comment la discorde parvient-elle à s’imposer, dans certaines conditions (par ex. la « guerre juste »), même chez les partisans de la paix ?</w:t>
+        <w:t xml:space="preserve">*3 : En outre, la tolérance et le groupe des « moyenneurs », étudiés par Mario </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Turchetti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, mériteraient d’être interrogés à nouveaux frais. Dans quelle mesure l’idéal de concorde, partagé par les différents camps pendant les conflits, conduit-il à dessiner les contours d’une paix durable ? À l’inverse, comment la discorde parvient-elle à s’imposer, dans certaines conditions (par ex. la « guerre juste »), même chez les partisans de la paix ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C3F44A5" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>*4 : Enfin, il convient d’envisager les moments de discorde et de crise comme des épisodes provisoires de crises politiques et religieuses, au sens où l’entend Michel Dobry, quand la conjoncture fluide des jeux sociopolitiques est créatrice de nouvelles normes et d’horizons d’attente redéfinis pour les groupes élitaires dans la lutte pour les places. La discorde teinte donc ces moments gris de guerres civiles et son étude permet de comprendre, à rebours, comment se retissent les fils de la concorde et partant de la paix.</w:t>
+        <w:t xml:space="preserve">*4 : Enfin, il convient d’envisager les moments de discorde et de crise comme des épisodes provisoires de crises politiques et religieuses, au sens où l’entend Michel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Dobry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, quand la conjoncture fluide des jeux sociopolitiques est créatrice de nouvelles normes et d’horizons d’attente redéfinis pour les groupes élitaires dans la lutte pour les places. La discorde teinte donc ces moments gris de guerres civiles et son étude permet de comprendre, à rebours, comment se retissent les fils de la concorde et partant de la paix.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="016AE0FA" w14:textId="2652BDFE" w:rsidR="000C1C1C" w:rsidRPr="00C63036" w:rsidRDefault="000C1C1C" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Suite à une journée d’étude organisée au CESR de Tours en 2023, le groupe prépare un premier volume. </w:t>
+        <w:t>Suite à</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> une journée d’étude organisée au CESR de Tours en 2023, le groupe prépare un premier volume. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52395FE8" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E212BC2" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
-[...8 lines deleted...]
-    <w:p w14:paraId="5998A191" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
+    <w:p w14:paraId="45CD8422" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7852D627" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Le Temps du roi : imaginaire et politique de la temporalité historique</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4F7B2DB0" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
+        <w:t>Editions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> critiques en cours</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEE9327" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C63036">
-[...47 lines deleted...]
-    <w:p w14:paraId="16960A35" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00235033" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
+    </w:p>
+    <w:p w14:paraId="789F1D79" w14:textId="77777777" w:rsidR="00000C3B" w:rsidRPr="00000C3B" w:rsidRDefault="00000C3B" w:rsidP="00000C3B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00000C3B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Jean Calvin, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000C3B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Le traité des reliques…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000C3B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1542). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691B7E58" w14:textId="77777777" w:rsidR="000C579E" w:rsidRDefault="000C579E" w:rsidP="00000C3B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B3AA1A6" w14:textId="07A1E6AF" w:rsidR="00000C3B" w:rsidRPr="00000C3B" w:rsidRDefault="00000C3B" w:rsidP="00000C3B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00000C3B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Préparation d’une édition critique du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000C3B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Traité des reliques…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000C3B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, texte de Jean Calvin publié en 1542. En collaboration avec Luce Albert (Angers) et Nicolas Balsamo (Neuchâtel).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635805FD" w14:textId="67214306" w:rsidR="00000C3B" w:rsidRPr="00C63036" w:rsidRDefault="00000C3B" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C63036">
-[...14 lines deleted...]
-    <w:p w14:paraId="15126109" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00235033" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ce texte, plusieurs fois réédité au cours du XVIème siècle, n’a jamais fait l’objet d’une édition critique approfondie, malgré son succès. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Son titre complet est </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Advertissement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>trèsutile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du grand profit qui revient à la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>chrestienté</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, s'il se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>faisoit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inventaire de tous les corps </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>saincts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et reliques, qui sont tant en Italie, qu'en France, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Alemagne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C579E" w:rsidRPr="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, Espagne, et autres royaumes et pais</w:t>
+      </w:r>
+      <w:r w:rsidR="000C579E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jean Calvin s’en prend avec humour aux reliques vénérées par les catholiques et aux cultes qui y sont liés. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF9D1A6" w14:textId="77777777" w:rsidR="00000C3B" w:rsidRDefault="00000C3B" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="538CC157" w14:textId="77777777" w:rsidR="000C579E" w:rsidRDefault="000C579E" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078FF1C0" w14:textId="3B93EC00" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*François Hotman, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Antitribonien</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00000C3B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1567)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A0DF646" w14:textId="77777777" w:rsidR="000C579E" w:rsidRDefault="000C579E" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3839F72A" w14:textId="5ECAEDB4" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Préparation d’une édition critique de l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Antitribonien</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00000C3B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, texte de François Hotman rédigé en 1567 et publié en 1603. En collaboration avec Stéphan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Geonget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CESR) et Laurent Gerbier (Tours).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CBEABD" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00235033">
-[...7 lines deleted...]
-    <w:p w14:paraId="7D2143B6" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00235033" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ce texte présente une réflexion originale sur la réforme des études de droit proposée par un jurisconsulte proche du chancelier Michel de L’Hospital. Le texte de François Hotman propose de se détourner des compilations produites sous le règne de Justinien, au profit de textes plus « utiles ». Cette édition critique s’inscrit dans le cadre du projet de recherche sur l’humanisme juridique, dirigé par Xavier Prevost (Bordeaux et Luigi-Alberto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Sanchi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Paris). Elle sera publiée aux éditions Droz (Genève).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F91E65" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CE41A70" w14:textId="77777777" w:rsidR="00720135" w:rsidRPr="00C63036" w:rsidRDefault="00720135" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="564FDF01" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Théodore de Bèze, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Du droit des magistrats…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1574)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA7A958" w14:textId="77777777" w:rsidR="000C579E" w:rsidRDefault="000C579E" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="512B18B5" w14:textId="7A501E4F" w:rsidR="00F623A0" w:rsidRPr="00C63036" w:rsidRDefault="00F623A0" w:rsidP="00F623A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Préparation d’une édition critique du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Droit des magistrats…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, texte de Théodore de Bèze publié en 1574.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5FAE71" w14:textId="77777777" w:rsidR="00F623A0" w:rsidRDefault="00F623A0" w:rsidP="004D4ECB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00235033">
-[...640 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ce texte paru anonymement représente, avec la </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Francogallia</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1573) et les </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C63036">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Vindiciae</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>tyrannos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1579), l’un des traités monarchomaques les plus célèbres. Son titre complet est : </w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Du droit des magistrats sur leurs sujets. Traitté tres-necessaire en ce temps, pour advertir de leur devoir, tant les Magistrats que les Subiets</w:t>
+        <w:t xml:space="preserve">Du droit des magistrats sur leurs sujets. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Traitté</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>tres-necessaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en ce temps, pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>advertir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de leur devoir, tant les Magistrats que les Subiets</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63036">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>. Bèze y expose les devoirs des princes et des magistrats « inférieurs », mais aussi les droits du peuple et les conditions d’une opposition légitime aux tyrans.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="224A97B1" w14:textId="77777777" w:rsidR="00000C3B" w:rsidRDefault="00000C3B" w:rsidP="00F623A0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="762724E4" w14:textId="77777777" w:rsidR="005D6D0B" w:rsidRDefault="005D6D0B"/>
     <w:sectPr w:rsidR="005D6D0B" w:rsidSect="00875043">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3ACFAEF8" w14:textId="77777777" w:rsidR="006E0586" w:rsidRDefault="006E0586" w:rsidP="000C1C1C">
+    <w:p w14:paraId="3C5C7DEB" w14:textId="77777777" w:rsidR="00BF0242" w:rsidRDefault="00BF0242" w:rsidP="000C1C1C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A4243C8" w14:textId="77777777" w:rsidR="006E0586" w:rsidRDefault="006E0586" w:rsidP="000C1C1C">
+    <w:p w14:paraId="0D09A607" w14:textId="77777777" w:rsidR="00BF0242" w:rsidRDefault="00BF0242" w:rsidP="000C1C1C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="260FD77B" w14:textId="77777777" w:rsidR="006E0586" w:rsidRDefault="006E0586" w:rsidP="000C1C1C">
+    <w:p w14:paraId="4A117C4E" w14:textId="77777777" w:rsidR="00BF0242" w:rsidRDefault="00BF0242" w:rsidP="000C1C1C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13E6650F" w14:textId="77777777" w:rsidR="006E0586" w:rsidRDefault="006E0586" w:rsidP="000C1C1C">
+    <w:p w14:paraId="2C94DB74" w14:textId="77777777" w:rsidR="00BF0242" w:rsidRDefault="00BF0242" w:rsidP="000C1C1C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1790240418"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="7E60E701" w14:textId="02332226" w:rsidR="000C1C1C" w:rsidRDefault="000C1C1C" w:rsidP="00C508D8">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="54F2B6F0" w14:textId="77777777" w:rsidR="000C1C1C" w:rsidRDefault="000C1C1C" w:rsidP="000C1C1C">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1721397693"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="221BCD0D" w14:textId="29BB2769" w:rsidR="000C1C1C" w:rsidRDefault="000C1C1C" w:rsidP="00C508D8">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
@@ -2365,114 +3408,122 @@
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="466815DE" w14:textId="77777777" w:rsidR="000C1C1C" w:rsidRDefault="000C1C1C" w:rsidP="000C1C1C">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="217"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F623A0"/>
     <w:rsid w:val="00000C3B"/>
     <w:rsid w:val="000C1C1C"/>
     <w:rsid w:val="000C579E"/>
+    <w:rsid w:val="00211F8D"/>
     <w:rsid w:val="00250022"/>
+    <w:rsid w:val="002B5A15"/>
     <w:rsid w:val="00496C30"/>
+    <w:rsid w:val="004B309A"/>
     <w:rsid w:val="004D4ECB"/>
     <w:rsid w:val="005D6D0B"/>
     <w:rsid w:val="006E0586"/>
+    <w:rsid w:val="00720135"/>
+    <w:rsid w:val="00730A4B"/>
     <w:rsid w:val="007C0309"/>
     <w:rsid w:val="008723E2"/>
     <w:rsid w:val="00875043"/>
+    <w:rsid w:val="00AD07F1"/>
+    <w:rsid w:val="00BF0242"/>
     <w:rsid w:val="00D657CF"/>
     <w:rsid w:val="00DB6270"/>
     <w:rsid w:val="00F623A0"/>
     <w:rsid w:val="00FE457A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7FDC7EEE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7904680C-1816-6649-8FEC-F6648B2740AB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2932,51 +3983,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
     <w:name w:val="En-tête Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="En-tte"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C1C1C"/>
   </w:style>
   <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C1C1C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1750224062">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1932082727">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3269,70 +4320,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>16462</Characters>
+  <Pages>5</Pages>
+  <Words>2442</Words>
+  <Characters>13432</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>111</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19417</CharactersWithSpaces>
+  <CharactersWithSpaces>15843</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>