--- v0 (2026-02-14)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="106CE3E2" w14:textId="0CC38D15" w:rsidR="00E522EC" w:rsidRPr="00E55F15" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E55F15">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Paul-Alexis Mellet</w:t>
       </w:r>
     </w:p>
@@ -71,3240 +71,6007 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E55F15">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Publications complètes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56B14965" w14:textId="6A59837A" w:rsidR="00E522EC" w:rsidRDefault="00E522EC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F324B89" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRDefault="00E522EC">
+    <w:p w14:paraId="6F324B89" w14:textId="08931B94" w:rsidR="00E522EC" w:rsidRDefault="0084701A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accès direct aux publications : </w:t>
+      </w:r>
+      <w:r w:rsidR="00084450" w:rsidRPr="00084450">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>https://archive-ouverte.unige.ch/contributor/914677</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8D0D44" w14:textId="77777777" w:rsidR="0084701A" w:rsidRDefault="0084701A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4391F45F" w14:textId="77777777" w:rsidR="00084450" w:rsidRDefault="00084450">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0715CCB8" w14:textId="0A5C12ED" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Livres et numéros spéciaux</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06900982" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="430B9605" w14:textId="5912532C" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="430B9605" w14:textId="5912532C" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Les Traités Monarchomaques. Confusion des temps, résistance armée et monarchie parfaite (vers 1560-vers 1600)</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Genève, Droz, 2007, 584 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67EAEC15" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="67EAEC15" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50F884C8" w14:textId="02D453C7" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="50F884C8" w14:textId="02D453C7" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>« Et de sa bouche sortait un glaive ». Les Monarchomaques au XVIème siècle</w:t>
-      </w:r>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> Et de sa bouche sortait un glaive ». Les Monarchomaques au XVIème siècle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>, actes du colloque de Tours (mai 2003), Genève, Droz, 2006, 192 pages.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="690AD75A" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="690AD75A" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E6D4701" w14:textId="7737DC2D" w:rsidR="00717B0E" w:rsidRPr="00C90F79" w:rsidRDefault="00717B0E" w:rsidP="00717B0E">
+    <w:p w14:paraId="7E6D4701" w14:textId="7737DC2D" w:rsidR="00717B0E" w:rsidRPr="00C90F79" w:rsidRDefault="00717B0E" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">-avec Jérémie Foa (dir.), </w:t>
-      </w:r>
+        <w:t>-avec Jérémie Foa (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Le Bruit des armes. Mises en formes et désinformations en Europe au temps des guerres de Religion (1560-1610)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, actes du colloque de Tours (novembre 2009), Paris, Honoré Champion, 2012, </w:t>
       </w:r>
       <w:r w:rsidR="00C90F79" w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">432 p. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBC79BC" w14:textId="77777777" w:rsidR="00717B0E" w:rsidRPr="00C90F79" w:rsidRDefault="00717B0E" w:rsidP="00E522EC">
+    <w:p w14:paraId="4CBC79BC" w14:textId="77777777" w:rsidR="00717B0E" w:rsidRPr="00C90F79" w:rsidRDefault="00717B0E" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="171CA23B" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00717B0E" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
+    <w:p w14:paraId="171CA23B" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00717B0E" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Florence Alazard et Laurent Gerbier </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">(dir.), </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Empire et domination territoriale</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, actes de la</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> journée d’étude de Tours (mai 2010), </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Asterion</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Lyon, n° 10, 2012.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40886762" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00717B0E" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
+    <w:p w14:paraId="40886762" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00717B0E" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4335D1B4" w14:textId="4149F157" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="4335D1B4" w14:textId="4149F157" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">-avec Annie Duprat et Claire Soussen </w:t>
-      </w:r>
+        <w:t xml:space="preserve">-avec Annie Duprat et Claire </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Soussen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...2 lines deleted...]
-        <w:t>Bon gré mal gré : les échanges interconfessionnels dans l’Occident chrétien (XIIè-XVIIIè siècles)</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bon gré mal gré : les échanges interconfessionnels dans l’Occident chrétien (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>XIIè-XVIIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">, actes de la journée d’étude de Cergy-Pontoise (mai 2010), </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Cahiers de recherches médiévales et humanistes</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Orléans, 24, 2012, pp. 155-320.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BABF69" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
-[...7 lines deleted...]
-    <w:p w14:paraId="514DCA87" w14:textId="094EB151" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="02BABF69" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="514DCA87" w14:textId="094EB151" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">-avec Elise Boillet et Sonia Cavicchioli (dir.), </w:t>
-      </w:r>
+        <w:t xml:space="preserve">-avec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Elise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Boillet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Sonia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Cavicchioli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Les figures de David à la Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes du colloque (mai 2011) et de la journée d’étude de Tours (janvier 2012), Genève, Droz, 2014, 549 p. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="305F7D68" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
-[...7 lines deleted...]
-    <w:p w14:paraId="5A5AB986" w14:textId="08D33D4E" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="305F7D68" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A5AB986" w14:textId="08D33D4E" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>-avec Jean-Raymond Fanlo et Marino Lambiase (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00717B0E" w:rsidRPr="00717B0E">
+        <w:t xml:space="preserve">-avec Jean-Raymond </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>éd</w:t>
-      </w:r>
+        <w:t>Fanlo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">.), édition critique d’Eusèbe Philadelphe Cosmopolite, </w:t>
-[...10 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> et Marino </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (1574), Paris, Garnier, 2016, 561 p.  </w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Lambiase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00717B0E" w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>éd</w:t>
+      </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), édition critique d’Eusèbe Philadelphe Cosmopolite, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Le Réveille-matin des François et de leurs voisins</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1574), Paris, Garnier, 2016, 561 p.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658C331A" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E915C17" w14:textId="794FA98C" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-avec Florence Alazard, Laurent Gerbier et Stephan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Geonget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00717B0E" w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>dir.</w:t>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00717B0E" w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Dissensus. Pratiques et représentations de la diversité des opinions (1500-1650)</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">actes du </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>colloque de Tours (mars 2014), Paris</w:t>
       </w:r>
       <w:r w:rsidR="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Honoré Champion, 2016, 256 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0BEDA4" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
-[...7 lines deleted...]
-    <w:p w14:paraId="71028C1F" w14:textId="12622DCB" w:rsidR="00717B0E" w:rsidRPr="00717B0E" w:rsidRDefault="00717B0E" w:rsidP="00717B0E">
+    <w:p w14:paraId="0F0BEDA4" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71028C1F" w14:textId="12622DCB" w:rsidR="00717B0E" w:rsidRPr="00717B0E" w:rsidRDefault="00717B0E" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">-avec Florence Alazard, Laurent Gerbier, Stephan Geonget et Romain Ménini (éd.), </w:t>
-      </w:r>
+        <w:t xml:space="preserve">-avec Florence Alazard, Laurent Gerbier, Stephan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Geonget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Romain </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Ménini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (éd.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Conseil à la France désolée de Sébastien Castellion</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, édition critique, Genève, Droz, 2017, 454 p. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13CE3837" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="13CE3837" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E421D30" w14:textId="543BC5B2" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="6E421D30" w14:textId="543BC5B2" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>-avec Odette Turias (</w:t>
+        <w:t xml:space="preserve">-avec Odette </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Turias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00717B0E" w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>éd.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">La Popelinière : Histoire de France, </w:t>
-      </w:r>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Popelinière</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Histoire de France, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
         </w:rPr>
         <w:t>Livres VII et VIII</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, édition critique (tome III : 1561-1562), Genève, Droz, 2019, 539 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9AD1E4" w14:textId="77777777" w:rsidR="00717B0E" w:rsidRPr="00717B0E" w:rsidRDefault="00717B0E" w:rsidP="00E522EC">
-[...7 lines deleted...]
-    <w:p w14:paraId="79669BC4" w14:textId="5903E560" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="1E9AD1E4" w14:textId="77777777" w:rsidR="00717B0E" w:rsidRPr="00717B0E" w:rsidRDefault="00717B0E" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79669BC4" w14:textId="5903E560" w:rsidR="00E522EC" w:rsidRPr="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-avec Ullrich Langer (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00717B0E" w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>dir.</w:t>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00717B0E" w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Les remontrances (Europe, XVIè-XVIIIè siècle). Textes et commentaires</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Les remontrances (Europe, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>XVIè-XVIIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle). Textes et commentaires</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B0E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, Paris, Garnier, 2021, 484 p. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3286C5AA" w14:textId="77777777" w:rsidR="00717B0E" w:rsidRPr="00717B0E" w:rsidRDefault="00717B0E" w:rsidP="00E522EC">
-[...10 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="3286C5AA" w14:textId="77777777" w:rsidR="00717B0E" w:rsidRPr="00717B0E" w:rsidRDefault="00717B0E" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="208A5AD5" w14:textId="35069E56" w:rsidR="00717B0E" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Les</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Remontrances : discours de paix et de justice en temps de guerre. Une autre histoire des guerres de Religion (v. 1557-v. 1603)</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B0E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Genève, Droz, 2022, 564 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552348A0" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00C90F79">
-[...8 lines deleted...]
-    <w:p w14:paraId="5B46318E" w14:textId="7698AA5A" w:rsidR="00A75680" w:rsidRPr="00A75680" w:rsidRDefault="00A75680" w:rsidP="00A75680">
+    <w:p w14:paraId="552348A0" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B46318E" w14:textId="7698AA5A" w:rsidR="00A75680" w:rsidRPr="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A75680">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">-avec Lorenzo Comensoli (dir.), </w:t>
-      </w:r>
+        <w:t xml:space="preserve">-avec Lorenzo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A75680">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comensoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>La représentation des communautés protestantes face aux</w:t>
       </w:r>
       <w:r w:rsidRPr="00A75680">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00A75680">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>pouvoirs politiques (XVIe-XVIIe siècle)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A75680">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, n° spécial de </w:t>
       </w:r>
       <w:r w:rsidRPr="00A75680">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Renaissance and Reformation / Renaissance et Réforme</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Renaissance and Reformation / Renaissance et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A75680">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="1DCB337E" w14:textId="7D249E8F" w:rsidR="00A75680" w:rsidRPr="00A75680" w:rsidRDefault="00A75680" w:rsidP="00A75680">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Réforme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, n° 46 / 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Montreal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Iter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2023.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C01D31" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DCB337E" w14:textId="7D249E8F" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>vec Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>.), « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">La Couronne comme institution politique aux temps des affrontements confessionnels en Europe, du XIVème au XVIIème siècle », </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A75680">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:kern w:val="36"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">numéro spécial de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75680">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:kern w:val="36"/>
         </w:rPr>
-        <w:t>a</w:t>
+        <w:t>Réforme, Humanisme, Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="00A75680">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:kern w:val="36"/>
         </w:rPr>
-        <w:t>vec Jérémie Ferrer-Bartomeu (dir.), « </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">, n° 97, 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34521842" w14:textId="77777777" w:rsidR="00833E3A" w:rsidRDefault="00833E3A" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="652AF666" w14:textId="77777777" w:rsidR="00833E3A" w:rsidRPr="00B25A67" w:rsidRDefault="00833E3A" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">La Couronne comme institution politique aux temps des affrontements confessionnels en Europe, du XIVème au XVIIème siècle », </w:t>
-[...29 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="5838535C" w14:textId="0E27C63D" w:rsidR="00E522EC" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+        <w:t xml:space="preserve">-avec Lorenzo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Comensoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Antonini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Delphine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Reguig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.), « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Les traces d’un temps nouveau ? Historiographies et nouveauté du présent entre XVI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>et XVII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">siècle », dossier de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>XVIIème siècle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25A67">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 4, n° 309, Paris, PUF, 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757B07E0" w14:textId="77777777" w:rsidR="00717B0E" w:rsidRDefault="00717B0E" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D738011" w14:textId="77777777" w:rsidR="00B25A67" w:rsidRPr="00717B0E" w:rsidRDefault="00B25A67" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5838535C" w14:textId="0E27C63D" w:rsidR="00E522EC" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E522EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Articles</w:t>
       </w:r>
       <w:r w:rsidR="00C90F79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> et notices</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155B0E89" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00E522EC" w:rsidRDefault="00E522EC" w:rsidP="00E522EC">
+    <w:p w14:paraId="155B0E89" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00E522EC" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D715523" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...18 lines deleted...]
-        <w:t>Le roy des mouches à miel …</w:t>
+    <w:p w14:paraId="5D715523" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>roy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des mouches à miel …</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> : tyrannie présente et royauté parfaite dans les traités monarchomaques », </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90F79">
-[...33 lines deleted...]
-        <w:t xml:space="preserve">-« Bilan de recherches à l’I.H.R., au M.H.R. et à la B.P.U. de Genève », </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Archiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>für</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Reformationsgeschichte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Iena</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, t. 93, 2002, p. 71-96.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDC06E4" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1701373E" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bilan de recherches à l’I.H.R., au M.H.R. et à la B.P.U. de Genève », </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bulletin annuel de l’Institut d’Histoire de la Réformation</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Genève, XXV, 2004, p. 19-20.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B0F3E8" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="24B0F3E8" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3389CF78" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">-« La résistance calviniste et les origines de la monarchie (vers 1570) », </w:t>
+    <w:p w14:paraId="3389CF78" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La résistance calviniste et les origines de la monarchie (vers 1570) », </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bulletin de la Société d’Histoire du Protestantisme Français</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Paris, n° 152-2, 2006, p. 179-198.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E8ED4F" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">-« Introduction » et « Nouveaux espaces et autres temps : le problème de la Saint-Barthélemy et l’horizon européen des Monarchomaques », dans P.-A. Mellet (dir.), </w:t>
+    <w:p w14:paraId="48E8ED4F" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AE4CAD0" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> Introduction » et « Nouveaux espaces et autres temps : le problème de la Saint-Barthélemy et l’horizon européen des Monarchomaques », dans P.-A. Mellet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">« Et de sa bouche sortait un glaive ». Les Monarchomaques au XVIème siècle, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">actes du colloque de Tours (mai 2003), Genève : Droz, 2006, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>p. 7-11 et p. 79-99.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2645629C" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...26 lines deleted...]
-        <w:t>Hasard et Providence XIVè-XVIIè siècles</w:t>
+    <w:p w14:paraId="2645629C" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EE4B45E" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L’ange et l’assassin : régicide et vocations extraordinaires jusqu’en 1610 », dans Marie-Luce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Demonet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hasard et Providence </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>XIVè-XVIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes du colloque de Tours (juillet 2006), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>http://www.canalc2.tv/video.asp?idvideo=5103</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E84EBE" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...26 lines deleted...]
-        <w:t>Servir Dieu, le roi et l’Etat : Ph. Duplessis-Mornay (1549-1623)</w:t>
+    <w:p w14:paraId="36E84EBE" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0921ABA3" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L’ordre des droits : la position de Ph. Duplessis-Mornay dans les années 1570 », dans H. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Daussy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et V. Ferrer (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Servir Dieu, le roi et l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> : Ph. Duplessis-Mornay (1549-1623)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes du colloque de Saumur (mai 2004), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Cahiers d’Aubigné. Albineana</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Cahiers d’Aubigné. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Albineana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Niort, 18, 2006, p. 303-324.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC2532B" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...7 lines deleted...]
-    <w:p w14:paraId="18FD995A" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="6BC2532B" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18FD995A" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Notice sur « Calvin : </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Traité des reliques</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (1543) », pour le Musée virtuel du protestantisme, 2007,</w:t>
+        <w:t xml:space="preserve"> (1543) », pour le Musée virtuel du protestantisme, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2007,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>http://www.museeprotestant.org/Pages/Notices.php?scatid=5&amp;cim=134&amp;noticeid=872&amp;lev=2&amp;Lget=FR</w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">-« Du passé au présent : les sources du </w:t>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="53F0C791" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5724F684" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Du passé au présent : les sources du </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Droit des magistrats sur leurs sujets</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (1574) », dans Irena Backus </w:t>
+        <w:t xml:space="preserve"> (1574) », dans Irena </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Backus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (dir.), </w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Théodore de Bèze (1519-1605)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes du colloque de Genève (septembre 2005), Genève : Droz, 2007, p. 537-551. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401214EC" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...82 lines deleted...]
-        <w:t xml:space="preserve">, New York / London, Thoemmes Continuum, 2008, 2 vols, 1314 p. ; trad. fr. Paris, </w:t>
+    <w:p w14:paraId="401214EC" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20BF2BBF" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le chef </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>espouventé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de voir telle discorde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> : l’autorité du roi en Normandie (1560-1598) », dans Odile Rudelle et Didier Maus (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), actes du colloque de Cerisy (juin 2006), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Normandie constitutionnelle : un berceau des droits </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>civiques ?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paris : Economica, 2007, p. 71-82. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FE0E7C" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D7E8B8F" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-Notices sur « Philippe Duplessis-Mornay (1549-1623) » et « Jérémie du Ferrier (1560-1626) », dans Luc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Foisneau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Dictionary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Seventeenth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Century French </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Philosophers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, New York / London, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Thoemmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Continuum, 2008, 2 vols, 1314 p. ; trad. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fr.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paris, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Dictionnaire des philosophes français du XVIIème siècle</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>volume I - II - Acteurs et réseaux du savoir</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>, Paris : Garnier, 2014, p. 158-163 et p. 703-707 (rééd. 2021).</w:t>
-[...22 lines deleted...]
-      </w:r>
+        <w:t>, Paris : Garnier, 2014, p. 158-163 et p. 703-707 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>rééd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>. 2021).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABC9EA0" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="411E4A60" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L’expression politique de la plainte : les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Remonstrances</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90F79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> aux Etats généraux de Blois de 1588 », dans F. Alazard (dir.), </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Etats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> généraux de Blois de 1588 », dans F. Alazard (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>La plainte à la Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes du colloque de Tours (novembre 2005), Paris : H. Champion, 2008, p. 327-344. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42180E15" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">-« Les interprétations contestataires de </w:t>
+    <w:p w14:paraId="42180E15" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FE100DD" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les interprétations contestataires de </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Romains 13</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> au XVIème siècle », </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Moreana</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, Péronne, numéro spécial sur « Tolérance et calvinisme », vol. 45, 173-4, juin 2008, p. 45-56. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65EAF1D4" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">-avec Florence Alazard, « Les entrées royales : vieux problèmes, nouvelles questions », dans F. Alazard et P.-A. Mellet (dir.), </w:t>
+    <w:p w14:paraId="65EAF1D4" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="014C402A" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-avec Florence Alazard, « Les entrées royales : vieux problèmes, nouvelles questions », dans F. Alazard et P.-A. Mellet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Les entrées royales : légitimation implicite et fabrique du consentement</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, table ronde de Tours (sept. 2008), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>www.canalc2.tv/video.asp?idvideo=8158vol</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65463F2E" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...32 lines deleted...]
-        <w:t xml:space="preserve">. Les Monarchomaques et la résistance armée (1550-1600) », dans J.-P. Pittion (dir.), </w:t>
+    <w:p w14:paraId="65463F2E" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52F2C331" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vos civils </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>cousteaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Les Monarchomaques et la résistance armée (1550-1600) », dans J.-P. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Pittion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Droit et justice à la Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, actes du colloque de Tours (juillet 2001), Paris : H. Champion, 2009, p. 197-208.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4637214B" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">-« Catholiques et protestants dans l’Orléanais : </w:t>
+    <w:p w14:paraId="4637214B" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C0502B4" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Catholiques et protestants dans l’Orléanais : </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ces noms factieux papaux et huguenots…</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> », dans M.-L. Demonet, D. Rivaud et Ph. Vendrix (dir.), </w:t>
+        <w:t xml:space="preserve"> », dans M.-L. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Demonet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, D. Rivaud et Ph. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Vendrix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Orléans. Une ville de la Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Orléans, 2009, p. 28-41.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77457FAA" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...32 lines deleted...]
-        <w:t> : le temps et le corps dans la conversion aux XVIème et XVIIème siècles », dans M.-C. Pitassi et D. Solfaroli Camillocci (dir.),</w:t>
+    <w:p w14:paraId="77457FAA" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="403F9984" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Post </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>tenebras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lux</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : le temps et le corps dans la conversion aux XVIème et XVIIème siècles », dans M.-C. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Pitassi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et D. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Solfaroli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Camillocci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.),</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Les modes de la conversion confessionnelle : autobiographie, altérité et construction des identités religieuses (XVIe-XVIIIe s.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>, actes du colloque de Genève (nov. 2007), Firenze : Leo Olschki, 2010, p. 21-40.</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> : histoire des institutions et enseignement du droit chez Hotman », dans S. Geonget (dir.), </w:t>
+        <w:t xml:space="preserve">, actes du colloque de Genève (nov. 2007), Firenze : Leo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Olschki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, 2010, p. 21-40.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F12110" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="578E40EC" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Une sophisterie de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>chaffoureur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : histoire des institutions et enseignement du droit chez Hotman », dans S. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Geonget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bourges. Hommes de lettres, hommes de lois</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">, actes du colloque de Bourges (juin 2009), Paris : Klinksieck, 2011, p. 225-241. </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">-avec Anne Dalsuet, « Les amitiés inattendues : les relations interconfessionnelles pendant les guerres de Religion (1560-1600) », dans S. Geonget et L. Gerbier (dir.), </w:t>
+        <w:t xml:space="preserve">, actes du colloque de Bourges (juin 2009), Paris : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Klinksieck</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2011, p. 225-241. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075D7CF9" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28900AC4" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-avec Anne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Dalsuet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, « Les amitiés inattendues : les relations interconfessionnelles pendant les guerres de Religion (1560-1600) », dans S. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Geonget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et L. Gerbier (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Amitié &amp; compagnie</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes du colloque de Sarlat (novembre 2010), Paris : Garnier, 2012, p. 167-183. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38F9BE6C" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...7 lines deleted...]
-    <w:p w14:paraId="600AF812" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="38F9BE6C" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="600AF812" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">-avec Jérémie Foa, « Les guerres de Religion ont-elles eu lieu ? », dans J. Foa et P.-A. Mellet (dir.), </w:t>
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>-avec Jérémie Foa, « Les guerres de Religion ont-elles eu lieu ? », dans J. Foa et P.-A. Mellet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Le Bruit des armes. Mises en formes et désinformations en Europe au temps des guerres de Religion (1560-1610)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>, actes du colloque de Tours (novembre 2009), Paris : H. Champion, 2012, p. 19-36.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDBA548" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="1FDBA548" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48606D5C" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="48606D5C" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">-« Les utopies urbaines protestantes (Empire et Suisse): la Jérusalem céleste », dans M.-L. Demonet et C. Berruel (dir.), </w:t>
+        <w:t xml:space="preserve">-« Les utopies urbaines protestantes (Empire et Suisse): la Jérusalem céleste », dans M.-L. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Demonet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et C. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Berruel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Utopie et consensus : « Fais ce que voudras »</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes du colloque </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">de Tours (janvier 2012), </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00C90F79">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t>http://cesr.univ-tours.fr/actualites/videos-du-colloque-utopie-consensus-et-libre-arbitre-xive-xviie-siecles-fais-ce-que-voudras-248329.kjsp?RH=CESR_FR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="365030B9" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="365030B9" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D69FBEE" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">-avec Florence Alazard, « Pouvoirs symboliques des Etats : souveraineté, territoire, empire », dans F. Alazard, L. Gerbier et P.-A. Mellet (dir.), </w:t>
+    <w:p w14:paraId="3D69FBEE" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-avec Florence Alazard, « Pouvoirs symboliques des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Etats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> : souveraineté, territoire, empire », dans F. Alazard, L. Gerbier et P.-A. Mellet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Empire et domination territoriale</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes de la journée d’étude de Tours (mai 2010), </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Asterion</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Lyon, n° 10, 2012.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F2A152" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...26 lines deleted...]
-        <w:t>Bon gré mal gré : les échanges interconfessionnels dans l’Occident chrétien (XIIè-XVIIIè s.)</w:t>
+    <w:p w14:paraId="25F2A152" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="682381AE" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-avec Claire </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Soussen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, « Les visages de Janus », dans C. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Soussen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et P.-A. Mellet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bon gré mal gré : les échanges interconfessionnels dans l’Occident chrétien (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>XIIè-XVIIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes de la journée d’étude de Cergy-Pontoise (mai 2010), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Cahiers de recherches médiévales et humanistes</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Orléans, 24, 2012, p. 157-163.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3532E793" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...25 lines deleted...]
-        <w:t>Ethique et droit,</w:t>
+    <w:p w14:paraId="3532E793" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CEAB370" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Une cacophonie juridique ? La hiérarchie des droits chez les calvinistes des guerres de religion », dans B. Boudou et B. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Méniel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Ethique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et droit,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>du Moyen Age aux Lumières</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes du colloque d’Amiens (juin 2010), Paris : Garnier, 2012, p. 257-268. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F2C300" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...7 lines deleted...]
-    <w:p w14:paraId="462FC5D2" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="52F2C300" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="462FC5D2" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>-avec Caroline Facq, « </w:t>
-[...5 lines deleted...]
-        <w:t>La marmitte renversée : construction discursive et fonctionnement argumentatif d’une insulte dans les polémiques des guerres de religion (1560-1600) », dans Laurence Rosier (dir.), « Insulte, violence verbale, argumentation », n° d’</w:t>
+        <w:t xml:space="preserve">-avec Caroline </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Facq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>marmitte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renversée : construction discursive et fonctionnement argumentatif d’une insulte dans les polémiques des guerres de religion (1560-1600) », dans Laurence Rosier (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.), « Insulte, violence verbale, argumentation », n° d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Argumentation et </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Analyse du discours</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, n° 8, 2012, </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:tgtFrame="http://aad.revues.org" w:history="1">
         <w:r w:rsidRPr="00C90F79">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>http://aad.revues.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31C4D591" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="31C4D591" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6741F211" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="6741F211" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">-« Foucault et la Renaissance politique : l’Etat et les pouvoirs », dans Olivier Guerrier (dir.), </w:t>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> Foucault et la Renaissance politique : l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et les pouvoirs », dans Olivier Guerrier (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Foucault et la Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes du colloque de Toulouse (mars 2012), </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00C90F79">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>http://www.canalu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>. tv/producteurs/universite_toulouse_ii_le_mirail/colloques/foucault_et_la_renaissance</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="67F06092" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>tv</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/producteurs/universite_toulouse_ii_le_mirail/colloques/foucault_et_la_renaissance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F06092" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">-« Traitre parjure ! Serment, contrat et alliance chez les Monarchomaques », dans Gilles Bertheau et Line Cottegnies (dir.), </w:t>
-[...11 lines deleted...]
-      </w:r>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Traitre parjure ! Serment, contrat et alliance chez les Monarchomaques », dans Gilles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bertheau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Line </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cottegnies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aspects du serment aux XVIe et XVIIe siècles : Histoire, littérature et droit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>, actes de la journée d’étude de Paris (juin 2012), Études Épistémè, 24, 2013, https://episteme.revues.org/232</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB5BE8C" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="0BB5BE8C" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-avec Florence Alazard, « De la propagande à l’obéissance, du dialogue à la domination : les enjeux de pouvoir dans les entrées solennelles », dans David Rivaud, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Entrées épiscopales, royales et princières dans les villes du Centre-Ouest du royaume de France (XIIIe-XVIe siècles), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Genève : Droz, 2013, préface, p. 9-22.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565BBDDA" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="565BBDDA" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="188F287E" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">-« Parole, vocation et violence. Culture de guerre et dénaturation à la fin du XVIe siècle », dans L. Gerbier et O. Guerrier (dir.), </w:t>
+    <w:p w14:paraId="188F287E" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> Parole, vocation et violence. Culture de guerre et dénaturation à la fin du XVIe siècle », dans L. Gerbier et O. Guerrier (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Nature et Naturel. Autour du Discours de la Servitude volontaire de La Boétie</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, actes du colloque de Sarlat (novembre 2012), Paris, Garnier, 2014, p. 107-126.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47112A83" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="47112A83" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7898BB07" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="7898BB07" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>-avec Christine Bénévent, « </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Un texte peu connu sur la réception et la censure du </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Réveille-matin</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> et des </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Lunettes de Cristal de roche</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> : le témoignage du poète occitan Auger Gaillard », </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
-        <w:t>Montaigne Studies</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Montaigne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, XXVI, 2014, p. 163-170. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164BFAC6" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">-avec Elise Boillet et Sonia Cavicchioli, « David figure biblique aux visages multiples », dans E. Boillet, S. Cavicchioli et P.-A. Mellet (dir.), </w:t>
+    <w:p w14:paraId="164BFAC6" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE041E3" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-avec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Elise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Boillet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Sonia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Cavicchioli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, « David figure biblique aux visages multiples », dans E. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Boillet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, S. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Cavicchioli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et P.-A. Mellet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Les figures de David à la Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Genève, Droz, 2014, p. 7-18.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654C9800" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">-« Les </w:t>
+    <w:p w14:paraId="654C9800" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46701FA0" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>remontrances </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: une expression paradoxale de la </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>société politique</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (XVIème siècle) », in Mark Laureys, David A. Lines and Jill Kraye (ed.), </w:t>
+        <w:t xml:space="preserve"> (XVIème siècle) », in Mark </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Laureys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, David A. Lines and Jill </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Kraye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>'Forms' in Renaissance Conflict and Rivalries</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">-avec Jérémie Foa, « Une politique de l’oubliance ? Mémoire et oubli pendant les guerres de Religion (1550-1610) », dans Jean-Louis Fournel et Christian Biet (dir.), </w:t>
+        <w:t xml:space="preserve">'Forms' in Renaissance </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Rivalries</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, V&amp;R </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Unipress</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Bonn </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, 2015, p. 247-272.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567A1EFB" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26036591" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-avec Jérémie Foa, « Une politique de l’oubliance ? Mémoire et oubli pendant les guerres de Religion (1550-1610) », dans Jean-Louis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Fournel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Christian </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Biet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Après la guerre</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, actes des journées d’étude de Paris et de Lyon (janvier-mai 2011), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Astérion. Philosophie, histoire des idées, pensée politique</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, 15, 2016, http://asterion.revues.org/2777</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B5C321B" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...9 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="6B5C321B" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AFB2C1F" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-avec François Pernot, « </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Ce sera un horrible carnage</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Les prédictions annonçant la mort des rois de France (1572-1610) », dans Isabelle Pébay-Clottes, Claude Menges-Mironneau, Paul Mironneau et Philippe Chareyre dir., </w:t>
+        <w:t xml:space="preserve">. Les prédictions annonçant la mort des rois de France (1572-1610) », dans Isabelle </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Pébay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Clottes, Claude </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Menges-Mironneau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Paul </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Mironneau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Philippe Chareyre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Régicides en France et en Europe XVIe - XIXe siècles, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>actes du colloque de Pau (juin 2010)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Droz, Genève, 2016, p. 17-29.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D873E9" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
-[...10 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="20D873E9" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AE37289" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Notice sur « François Hotman, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Francogallia</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90F79">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">-« Un tournant renaissant ? Les enjeux de la légitimité politique » (avec Laurent Gerbier) et « Les conflits de légitimité : institution divine, hérédité et droits (XVIe-XVIIIe siècle) », dans P. Cormier, X. Gilly et M. Girardin (éd.), </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1573) », pour la bibliothèque numérique du CEDRE, projet de recherche dirigé par Olivier </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Christin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2018 (http://cedre.univ-psl.fr/ressources-numeriques/bibliotheque-republicaine/francogallia/). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72ADB0C8" w14:textId="77777777" w:rsidR="00E522EC" w:rsidRPr="00C90F79" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02DA3F69" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Un tournant renaissant ? Les enjeux de la légitimité politique » (avec Laurent Gerbier) et « Les conflits de légitimité : institution divine, hérédité et droits (XVIe-XVIIIe siècle) », dans P. Cormier, X. Gilly et M. Girardin (éd.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Construire la légitimité politique de l’Antiquité à nos jours</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Paris, Garnier, 2021, respectivement p. 7-10 et p. 157-166.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09BF3F84" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> (New York / London, Thoemmes Continuum, 2008) ; trad. fr. </w:t>
+    <w:p w14:paraId="09BF3F84" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08F4706B" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-Notices sur « Philippe Duplessis-Mornay (1549-1623) » et « Jérémie du Ferrier (1560-1626) », dans Luc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Foisneau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Dictionary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Seventeenth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Century French </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Philosophers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (New York / London, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Thoemmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Continuum, 2008) ; trad. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fr.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Dictionnaire des philosophes français du XVIIème siècle</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Volumes I et II : Acteurs et réseaux du savoir</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Paris, Garnier, 2021, respectivement p. 158-163 et p. 703-707.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24896B97" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
-[...7 lines deleted...]
-    <w:p w14:paraId="71789144" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
+    <w:p w14:paraId="24896B97" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71789144" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90F79">
-[...3 lines deleted...]
-        <w:t>-« </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Les remontrances, un genre de discours entre reproche et conseil amical (XVIè-XVIIIè siècle) » (avec U. Langer) et</w:t>
+        <w:t>Les remontrances, un genre de discours entre reproche et conseil amical (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>XVIè-XVIIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle) » (avec U. Langer) et</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> « La gravure polyphonique des larmes et des cris d’une mère. La </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Remonstrance</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Madame de Nemours (1589) », dans U. Langer et P.-A. Mellet (éd.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Les remontrances (Europe, XVIè-XVIIIè siècle). Textes et commentaires</w:t>
+        <w:t xml:space="preserve">Les remontrances (Europe, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>XVIè-XVIIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle). Textes et commentaires</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Paris, Garnier, 2021, respectivement p. 7-19 et p. 201-213.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3969DAFC" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
-[...10 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="3969DAFC" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D02C400" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90F79">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Sedition. </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> La sédition pendant les guerres civiles (France, 1560-1600) : une histoire sans évènement », in John O’Brien and Marc Schachter (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Sedition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Spread of Controversial Literature and Ideas in France and Scotland, c. 1550-1610</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Turnhout, Brepols, 2021, p. 39-58. </w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Turnhout, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Brepols</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2021, p. 39-58. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E25EE4B" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70339939" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="70339939" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90F79">
-[...3 lines deleted...]
-        <w:t>-« </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>D’autant plus tenu &amp; obligé </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>: les obligations royales dans les remontrances à la fin du XVI</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> siècle », dans Eric Gojosso (dir.), </w:t>
+        <w:t xml:space="preserve"> siècle », dans </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Eric</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Gojosso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Cahiers poitevins d’histoire du droit</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, n° 12-13, Poitiers, 2021, p. 35-48.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068A01B8" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="068A01B8" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67B6A195" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="67B6A195" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90F79">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">-« La parole contre le glaive. Les remontrances protestantes (XVIè-XVIIè siècles) », </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> La parole contre le glaive. Les remontrances protestantes (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>XVIè-XVIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles) », </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:kern w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">dans </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Caroline Callard, Tatiana Debbagi Baranova et Nicolas Le Roux (dir.), </w:t>
+        <w:t xml:space="preserve">Caroline </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Callard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Tatiana </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Debbagi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Baranova</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Nicolas Le Roux (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90F79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Un tragique XVIe siècle. Mélanges offerts à Denis Crouzet, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:kern w:val="36"/>
         </w:rPr>
         <w:t>Paris, Garnier, 2022, pp. 362-369.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6461D0F4" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="6461D0F4" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D637A01" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="008D1AE5" w:rsidRDefault="00A75680" w:rsidP="00A75680">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0D637A01" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="008D1AE5" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008D1AE5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>-« Les biographies dans la Réforme protestante (XVIème siècle) : le vertige de la liste, les vies minuscules et la présence des morts », dans V</w:t>
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1AE5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> Les biographies dans la Réforme protestante (XVIème siècle) : le vertige de la liste, les vies minuscules et la présence des morts », dans V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1AE5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Krause et J</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1AE5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Miernowski (dir.), </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D1AE5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Miernowski</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D1AE5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D1AE5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D1AE5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D1AE5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Eloge du singulier. Lire la littérature</w:t>
-      </w:r>
+        <w:t>Eloge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D1AE5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> du singulier. Lire la littérature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1AE5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D1AE5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>de la Renaissance avec Ullrich Langer</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1AE5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Paris, Garnier, 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">3, p. 225-242. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4C385A" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00A75680">
+    <w:p w14:paraId="3C4C385A" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01B743DC" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00A75680">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="01B743DC" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007379BD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="007379BD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>« </w:t>
-      </w:r>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007379BD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007379BD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Du temps passé maintenant se souvienne</w:t>
       </w:r>
       <w:r w:rsidRPr="007379BD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">. La mémoire repentante contre l’oubliance royale </w:t>
       </w:r>
       <w:r w:rsidRPr="002A2C29">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">dans la pacification des guerres civiles en France (v. 1563-v. 1580) », </w:t>
       </w:r>
       <w:r w:rsidRPr="002A2C29">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">dans Jean Beuvier, Lorenzo Paoli et Guillaume Pinet (dir.), </w:t>
-      </w:r>
+        <w:t xml:space="preserve">dans Jean </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A2C29">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...2 lines deleted...]
-        <w:t>« Imprimer en nostre souvenance ». Enjeux et</w:t>
+        </w:rPr>
+        <w:t>Beuvier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A2C29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, Lorenzo Paoli et Guillaume Pinet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A2C29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A2C29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2C29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Imprimer en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A2C29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>nostre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A2C29">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> souvenance ». Enjeux et</w:t>
       </w:r>
       <w:r w:rsidRPr="007379BD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> pratiques de la mémoire et de l’oubli à la Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007379BD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Paris, Garnier, 2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, p. 55-67</w:t>
       </w:r>
       <w:r w:rsidRPr="007379BD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638F9ED0" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00A75680">
-[...7 lines deleted...]
-    <w:p w14:paraId="54D50B9B" w14:textId="6EB2FC8D" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00A75680">
+    <w:p w14:paraId="638F9ED0" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54D50B9B" w14:textId="6EB2FC8D" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901345">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">-avec Lorenzo Comensoli, « Les communautés protestantes en France : représentations, symboles et mimésis », </w:t>
-      </w:r>
+        <w:t xml:space="preserve">-avec Lorenzo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00901345">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Comensoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00901345">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:t xml:space="preserve">, « Les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>communautés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protestantes en France : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>représentations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, symboles et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>mimésis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renaissance and Reformation / Renaissance et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Réforme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">n° </w:t>
       </w:r>
       <w:r w:rsidRPr="00901345">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00901345">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">1, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00901345">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Montreal, Iter Press, 2023, p. 9-26. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="0C2B1014" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="00501BFB" w:rsidRDefault="00A75680" w:rsidP="00A75680">
+        <w:t>Montreal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Iter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00901345">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2023, p. 9-26. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE61584" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C2B1014" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="00501BFB" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-« </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Qu’ils fussent tous chastiez !</w:t>
-      </w:r>
+        <w:t>Qu’ils</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fussent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chastiez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> !</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Justification of Opposition to Tyranny in the Monarchomach Works », in</w:t>
       </w:r>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A. Salavastru, I.-A. Gurita, S. Grigoruta (eds.), </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> A. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Power, Aristocracies and Propaganda: Forms of Legitimizing and Challenging Rulership in France and Moldavia (16th-17th Centuries)</w:t>
-      </w:r>
+        <w:t>Salavastru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, Hartung-Gorre Publishers, Konstanz, 2023, p. 53-72.</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">, I.-A. Gurita, S. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="24BC311D" w14:textId="3ED4312F" w:rsidR="007923A0" w:rsidRPr="00A75680" w:rsidRDefault="00A75680" w:rsidP="00A75680">
+        <w:t>Grigoruta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Power, Aristocracies and Propaganda: Forms of Legitimizing and Challenging Rulership in France and Moldavia (16th-17th Centuries)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, Hartung-Gorre Publishers, Konstanz, 2023, p. 53-72.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B148FC7" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="00501BFB" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24BC311D" w14:textId="3ED4312F" w:rsidR="007923A0" w:rsidRPr="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:kern w:val="36"/>
         </w:rPr>
-        <w:t>avec Jérémie Ferrer-Bartomeu, « </w:t>
+        <w:t>avec Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>, « </w:t>
       </w:r>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>La couronne comme institution, performance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>et processus politico-religieux</w:t>
       </w:r>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -3315,582 +6082,1685 @@
       </w:r>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:kern w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="36"/>
         </w:rPr>
         <w:t>Réforme, Humanisme, Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="00501BFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:kern w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">, n° 97, 2023, p. 7-28. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5085A7C9" w14:textId="3282A608" w:rsidR="007923A0" w:rsidRPr="00A75680" w:rsidRDefault="007923A0"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="29F129E0" w14:textId="26ECD2D3" w:rsidR="00E522EC" w:rsidRDefault="00E522EC" w:rsidP="00C90F79">
+    <w:p w14:paraId="5085A7C9" w14:textId="3282A608" w:rsidR="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2"/>
+    <w:p w14:paraId="41FD5DB6" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Une morale chrétienne au présent. Les </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>discours véritables</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en France (vers 1570-1620)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> »,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586D6D">
+        <w:t xml:space="preserve"> dans Constance Carta, Thalia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:t>Brero</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et alii</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586D6D">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ephémères</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ordinaires, populaires ? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Usages</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>circulation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>imprimés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à grande </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>dif</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>usion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>XVe-XXe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>siècle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586D6D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586D6D">
+        <w:t>Genève, Droz, 2025, p. 233-249.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3000D4F4" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRPr="00501BFB" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF65335" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0061576D">
+        <w:t>-«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0061576D">
+        <w:t xml:space="preserve"> Préface » du livre de Nicolas Champeaux, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061576D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Les libelles ligueurs : l’expression d’une radicalité religieuse au temps des guerres de religion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061576D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Strasbourg, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061576D">
+        <w:t xml:space="preserve">université de Strasbourg </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061576D">
+        <w:t>Publications Jeunes Chercheurs ITI HISAAR, 2025, p. 3-5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B030C7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E2E56E" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09888A40" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRPr="0061576D" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Response</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Essay », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>H-France Forum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, numéro consacré au livre de P.-A. Mellet, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Remontrances:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discours de paix et de justice en temps de guerre. Une autre histoire des guerres de religion (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Gen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ève,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Droz, 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Accentuation"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>. Tom Hamilton, vol. 20 / 4, 2025, p. 1-5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061576D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562C7232" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRPr="00B030C7" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0225C3CE" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Notices « Compte rendu » et « Refus » dans </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t>Renaissance-Humanisme-Réforme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, n° </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>101</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">respectivement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501BFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>p.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 329-331 et 378-379.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD56EEE" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000D8A0B" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRPr="00285EC5" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">-avec Ullrich Langer, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« La dissidence de Castellion : raison, vérité et conscience », dans John O’Brien, n° sur « la dissidence à la Renaissance », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="3F3F3F"/>
+        </w:rPr>
+        <w:t>Renaissance-Humanisme-Réforme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, 101,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025, p. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2275697E" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRPr="00501BFB" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="262A24C4" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRPr="003B27B6" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">avec Lorenzo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Comensoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Antonini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>et Delphi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Reguig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, « La nouveauté du présent et la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>cacophonie historiographique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>XVIIème siècle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n° 309, Paris, PUF, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>5, p. 627-636</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B27B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D12B07" w14:textId="77777777" w:rsidR="000A6E24" w:rsidRPr="0063142D" w:rsidRDefault="000A6E24" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59285CD8" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="00A75680" w:rsidRDefault="007923A0" w:rsidP="00B07ED2"/>
+    <w:p w14:paraId="29F129E0" w14:textId="26ECD2D3" w:rsidR="00E522EC" w:rsidRDefault="00E522EC" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C90F79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Compte rendus</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6660B920" w14:textId="27AADD9D" w:rsidR="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00C90F79">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6660B920" w14:textId="27AADD9D" w:rsidR="00C90F79" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72926C78" w14:textId="7C7E9F6F" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="72926C78" w14:textId="7C7E9F6F" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Xavier Le Person, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Histoire de Sébastien Le Pelletier (1579-1592), prêtre ligueur et maître de grammaire des enfants de la cathédrale de Chartres</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2006), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, t. 67, 2, 2007, pp. 272-275. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76583A0A" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">-Marie-Madeleine Fragonard et Jacques Berchtold (dir.), </w:t>
+    <w:p w14:paraId="76583A0A" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31B79AFA" w14:textId="20B764C8" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-Marie-Madeleine Fragonard et Jacques Berchtold (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>La Mémoire des guerres de religion. La concurrence des genres historiques (XVIe-XVIIIe siècles)</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2007), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, t. 69, 3, 2007, pp. 828-831.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC140B5" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...7 lines deleted...]
-    <w:p w14:paraId="6FDC626D" w14:textId="36A1FF15" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="6BC140B5" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FDC626D" w14:textId="36A1FF15" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Ingrid De Smet, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007923A0">
-[...5 lines deleted...]
-        <w:t>Thuanus. The Making of Jacques-Auguste de Thou (1553-1617)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Thuanus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Making</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Jacques-Auguste de Thou (1553-1617)</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2006), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, t. 70, 1, 2008, pp. 87-89.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B8E768" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...7 lines deleted...]
-    <w:p w14:paraId="74926BB3" w14:textId="7FC3ABD5" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="74B8E768" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74926BB3" w14:textId="7FC3ABD5" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Nicolas Le Roux, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Un régicide au nom de Dieu. L’assassinat d’Henri III</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Paris, Gallimard, 2006), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal de la Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Brepols, vol. VI, 2008, pp. 317-319. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="57FF45BB" w14:textId="10A3F71A" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Brepols</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. VI, 2008, pp. 317-319. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303ABA06" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57FF45BB" w14:textId="10A3F71A" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Philip Benedict, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Graphic History. The Wars, Massacres and Troubles of Tortorel and Perrissin</w:t>
+        <w:t xml:space="preserve">Graphic </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>History</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The Wars, Massacres and Troubles of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Tortorel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Perrissin</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2007), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, t. 70, 3, 2008, pp. 796-799.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7722F0B2" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...7 lines deleted...]
-    <w:p w14:paraId="1278CDBC" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="7722F0B2" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1278CDBC" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t>Histoire de la mappe-monde papistique (…), Genève, 1566</w:t>
+        <w:t xml:space="preserve">-Frank </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Lestringant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Alessandra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Preda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (éd.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Histoire de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>mappe-monde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> papistique (…), Genève, 1566</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2009), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Cahiers de Recherches Médiévales et Humanistes</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="007923A0">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>http://crm.revues.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>), 2009.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F795C85" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...7 lines deleted...]
-    <w:p w14:paraId="2DDF2F23" w14:textId="7D4B697F" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="3F795C85" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DDF2F23" w14:textId="7D4B697F" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Romain Descendre, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>L’Etat du monde. Giovanni Botero entre raison d’Etat et géopolitique</w:t>
+        <w:t>L’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du monde. Giovanni Botero entre raison d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et géopolitique</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2009), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, t. 72, 2, 2010, pp. 485-490.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66201CDE" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...7 lines deleted...]
-    <w:p w14:paraId="7900519A" w14:textId="511B3129" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="66201CDE" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7900519A" w14:textId="511B3129" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">-Nathan Rein, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The Chancery of God. </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Protestant Print, Polemic and Propaganda against the Empire, Magdebourg, 1546-1551</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (Ashgate, 2008), </w:t>
+        <w:t xml:space="preserve">Protestant </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Print</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Polemic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Propaganda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>against</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Empire, Magdebourg, 1546-1551</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Ashgate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2008), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, t. 73, 3, 2011, pp. 734-738.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4782CC" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">-Jean-Louis Fournel et Jean-Claude Zancarini, </w:t>
+    <w:p w14:paraId="1C4782CC" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E719DB4" w14:textId="1B39CDD6" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Jean-Louis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Fournel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Jean-Claude </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Zancarini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>La grammaire de la République</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2011), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, t. 74, 3, 2012, pp. 659-663. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BBFB2C" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...7 lines deleted...]
-    <w:p w14:paraId="319FBFB2" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="67BBFB2C" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="319FBFB2" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Tatiana Debaggi Baranova, </w:t>
+        <w:t xml:space="preserve">-Tatiana </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Debaggi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Baranova</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>A coup de libelles. Une culture politique au temps des guerres de religion (1562-1598)</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2012), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Cahiers de Recherches Médiévales et </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -3905,1956 +7775,3469 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="007923A0">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>http://crm.revues.org)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5889DB0A" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...9 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="5889DB0A" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BA5047F" w14:textId="139A395A" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Jules Racine St-Jacques, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>L’honneur et la foi. Le droit de résistance chez les réformés français (1536-1581)</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2012), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Cahiers de Recherches Médiévales et </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Humanistes </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="007923A0">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>http://crm.revues.org)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2012; et </w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>2012;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> LXXV, 3, 2013, pp. 672-676.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AA4B43" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...10 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="44AA4B43" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54161BFC" w14:textId="1E96E46D" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Isabelle Fernandes, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Le sang et l’encre. John Foxe (1517-1587) et l’écriture du martyre protestant anglais</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Clermont-Ferrand, Presses Universitaires Blaise Pascal, 2012), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Réforme, Humanisme, Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, 2014, pp. 350-353.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3C79CC" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">-Arlette Jouanna, </w:t>
+    <w:p w14:paraId="6F3C79CC" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E196C7C" w14:textId="1DC5DBF4" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Arlette </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Jouanna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Le pouvoir absolu. Naissance de l’imaginaire politique de la royauté</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Paris, Gallimard, 2013), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Revue historique</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014 / 2, pp. 88-97. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3063C81C" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...10 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="3063C81C" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F00A5C5" w14:textId="4A93D584" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Violaine Giacomotto-Charra et Christine Silvi (éd.),</w:t>
+        <w:t xml:space="preserve">Violaine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Giacomotto-Charra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Christine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Silvi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (éd.),</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Lire, choisir, écrire. La vulgarisation des savoirs du Moyen Age à la Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Paris, Etudes et rencontres de l’Ecole des Chartes, 2014), </w:t>
+        <w:t xml:space="preserve"> (Paris, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Etudes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et rencontres de l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Ecole</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des Chartes, 2014), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Réforme, Humanisme, Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, 2014, pp. 340-343.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E48155" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">-Jean-Louis Fournel et Jean-Claude Zancarini, </w:t>
+    <w:p w14:paraId="56E48155" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17428302" w14:textId="2472F36F" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Jean-Louis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Fournel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Jean-Claude </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Zancarini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Machiavel. Le Prince</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, édition critique (Paris, PUF, 2014), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, LXXVII, 2015, pp. 713-715.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA89121" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...27 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6DA89121" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76D4A209" w14:textId="68F1B1ED" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Gilbert </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Schrenck</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les belles figures et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>drolleries</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la Ligue, de Pierre de L’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Estoile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2016), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, LXXVIII, 3, 2016, pp. 727-732.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565927A2" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...8 lines deleted...]
-    <w:p w14:paraId="35524F23" w14:textId="13CFA800" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="565927A2" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35524F23" w14:textId="13CFA800" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Jérémie Foa, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Le tombeau de la paix. Une histoire des édits de pacification (1560-1572)</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Limoges, PULIM, 2015), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Revue historique</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1, 2016, pp. 204-206. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206CCCC9" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...7 lines deleted...]
-    <w:p w14:paraId="72846762" w14:textId="222E93D3" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="206CCCC9" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72846762" w14:textId="222E93D3" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">-Cornel Zwierlein, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Political Thought of the French League and Rome (1585-1589)</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2016), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Church History and Religious Culture</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97 / 3-4, Brill, 2017, pp. 501-503. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552C5E68" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="552C5E68" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C7F042D" w14:textId="6FE9C989" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">-Michel Ganzin (dir.), </w:t>
+    <w:p w14:paraId="5C7F042D" w14:textId="6FE9C989" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Michel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Ganzin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Pensée politique et religion. Actes du colloque international de l’AFHIP</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Aix-Marseille, PUAM, 2016), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
-        <w:t>Church History and Religious Culture</w:t>
+        <w:t xml:space="preserve">Church </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>History</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Religious</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Culture</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, 98 / 2, Brill, 2018, pp. 294-296.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD009A4" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...7 lines deleted...]
-    <w:p w14:paraId="3B0EA382" w14:textId="76E57C56" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="0FD009A4" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B0EA382" w14:textId="76E57C56" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Frank Muller, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Images polémiques, images dissidentes. Art et Réforme à Strasbourg (1520-vers 1550)</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Verlag Valentin Koerner, Baden-Baden &amp; Bouxwiller, 2017), </w:t>
-[...6 lines deleted...]
-        <w:t>Church History and Religious Culture</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Verlag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valentin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Koerner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Baden-Baden &amp; Bouxwiller, 2017), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Church </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>History</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Religious</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Culture</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Brill, 99, 2019, pp. 19-21.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA37E48" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">-Nathalie Szczech, </w:t>
+    <w:p w14:paraId="3BA37E48" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A3051A6" w14:textId="5CDFDAEA" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Nathalie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Szczech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Calvin en polémique. Une maïeutique du verbe</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Paris, Garnier, 2017), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Revue d’histoire moderne et contemporaine</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, n° 66-1, 2019, pp. 152-155. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB8F756" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...7 lines deleted...]
-    <w:p w14:paraId="24F59AA0" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="7AB8F756" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24F59AA0" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Alice Vintenon, </w:t>
-[...10 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">-Alice </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Genève, Droz, 2017), </w:t>
-[...11 lines deleted...]
-      </w:r>
+        <w:t>Vintenon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sixteenth Century Journal</w:t>
+        <w:t>La « fantaisie philosophique » à la Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Genève, Droz, 2017), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sixteenth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Century Journal</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, vol. </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>L / 3, 2019, pp. 899-901.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D39B3AE" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="7D39B3AE" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29AF05F6" w14:textId="0730746C" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="29AF05F6" w14:textId="0730746C" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Paul Botley et Màté Vince (ed.), </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve">-Paul Botley et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Màté</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vince (ed.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>The Correspondence of Isaac Casaubon in England (1610-1614)</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4 volumes (Genève, Droz, 2018), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Church History and Religious Culture</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, Brill, 99, 2019, pp. 40-42.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A8469A3" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="3A8469A3" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04D55FB2" w14:textId="68EF0CDA" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">-Natalia Wawrzyniak, </w:t>
+    <w:p w14:paraId="04D55FB2" w14:textId="68EF0CDA" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Natalia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Wawrzyniak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Lamentation et polémique au temps des guerres de Religion</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Paris, Garnier, 2017), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, LXXXI, 2019, pp. 241-243</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="606F0DA8" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...8 lines deleted...]
-    <w:p w14:paraId="1F6BD12E" w14:textId="35CCFB2F" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="606F0DA8" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F6BD12E" w14:textId="35CCFB2F" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Jean Brunel</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (éd.), </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Scévole de Sainte-Marthe,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Scévole</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:t xml:space="preserve"> de Sainte-Marthe,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Œuvres complètes, vol. </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>VI, Gallorum doctrina illustrium Elogia</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">VI, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Gallorum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>doctrina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>illustrium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Elogia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (Genève, Droz, 2018), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Church History and Religious Culture</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, 101, Brill, Leiden, 2021, pp. 112-114. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0644A1D0" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="0644A1D0" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="120062B6" w14:textId="13CD1ACF" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
+    <w:p w14:paraId="120062B6" w14:textId="13CD1ACF" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Marie-Madeleine Fragonard et Nancy Oddo (éd.), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Pierre de L’Estoile, Journal du règne de Henri IV</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Pierre de L’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:t>Estoile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, Journal du règne de Henri IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve">, tome IV (1599-1603), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">(Genève, Droz, 2020), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, LXXXIII, 1, Genève, Droz, 2021, pp. 186-190.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33D791CC" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="007923A0">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">-Julien Ferrant et Tiphaine Guillabert-Madinier (éd.), </w:t>
+    <w:p w14:paraId="33D791CC" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="700102FE" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Julien Ferrant et Tiphaine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Guillabert-Madinier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (éd.), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Le Langage et la Foi dans l’Europe des Réformes. XVIème siècle</w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Paris, Garnier, 2020), </w:t>
       </w:r>
       <w:r w:rsidRPr="007923A0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
+        <w:t xml:space="preserve">Church </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>History</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Religious</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Culture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, 101, Brill, Leiden, 2021, pp. 607-610 (avec Mélinda Fleury).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DCB9D7" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BD258C7" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Quentin Skinner, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Visions politiques. Volume 1. Sur la méthode</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, trad. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fr.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par Christopher Hamel, (Genève, Droz, 2018),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bibliothèque d’Humanisme et Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Genève, Droz, 2022, t. LXXXIII, pp. 612-614 (avec Mathieu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Nicati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007923A0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA4A4E2" w14:textId="77777777" w:rsidR="007923A0" w:rsidRPr="007923A0" w:rsidRDefault="007923A0" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07AA550E" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00871012">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Emma Claussen, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871012">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Politics and Politiques in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00871012">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sixteenth-Century France</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00871012">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. A Conceptual History</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Cambridge University Press, 2021), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871012">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Church History and Religious Culture</w:t>
       </w:r>
-      <w:r w:rsidRPr="007923A0">
-[...66 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00871012">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00871012">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Emma Claussen, </w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">102, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF29CC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Politics and Politiques in Sixteenth-Century France. A Conceptual History</w:t>
+        <w:t xml:space="preserve">Brill, Leiden, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Cambridge University Press, 2021), </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>2022, pp. 562-565 (avec Marino Lambiase).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C8D9BE1" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Church History and Religious Culture</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FA1DD81" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="00193D52" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Stéphan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Geonget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>« Le mariage de l'</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Estude</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Droict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avec les Lettres humaines ». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>L’œuvre de Louis Le Caron Charondas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Genève, Droz, 2021), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Revue d’Histoire littéraire de la France</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2022, n° 3, pp. 717-720 (avec Mathieu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Nicati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00193D52">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBB84BE" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27E02F90" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="0006785D" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Pascal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Joudrier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un « miroir » calviniste. Les Emblèmes, ou Devises </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>chrestiennes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Georgette de Montenay et Pierre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Woeiriot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1567/1571</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Genève, Droz, 2020), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Genève, Droz, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022, t. LXXXIV-3, pp. 747-749. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8D662D" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="0006785D" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7195B565" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Lancelot Voisin de La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Popelinière</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052447B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Histoire de France, tome IV (1563-1567)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, éd. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>critique</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par Thierry </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Rentet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Pierre-Jean </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Souriac</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Genève, Droz, 2021), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Genève, Droz, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022, t. LXXXIV-3, pp. 741-743 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(avec </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Mélinda Fleury</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006785D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175CD6DC" w14:textId="77777777" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FAB7070" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="00A357FE" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Olivier Millet, Alice </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Tacaille</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Jean Vignes (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>La chanson d’actualité, de Louis XII à Henri IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Paris, Sorbonne Université Presse, 2021), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Genève, Droz, 2023, t. LXXXV-1, pp. 217-221. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F057392" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="00A357FE" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F2F7DAF" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="00A357FE" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Tiphaine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Guillabert-Madinier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Les Combats de Carnaval et Réformation. De l’instrumentalisation à l’interdiction du carnaval dans les Églises luthériennes du Saint-Empire au XVIe siècle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Neuchâtel, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Alphil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2021), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Church </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>History</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Religious</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Culture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">103, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brill, Leiden, 2023, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pp. 210-213</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (avec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Alyzé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A357FE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bianco).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF56DA6" w14:textId="77777777" w:rsidR="00A75680" w:rsidRPr="00A357FE" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="117C79A9" w14:textId="768FA144" w:rsidR="00A75680" w:rsidRDefault="00A75680" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00373EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Adrien </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00373EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Mangili</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00373EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>D’os et de vent. Penser la baleine à la Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Paris, Garnier, 2023), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>Réforme, Humanisme, Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, n° 97, 2023, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43218">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">p. 193-196. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2B8216" w14:textId="77777777" w:rsidR="00B43218" w:rsidRDefault="00B43218" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64248B49" w14:textId="77777777" w:rsidR="00B43218" w:rsidRPr="00446C88" w:rsidRDefault="00B43218" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">-Anthony Grafton et Maren Elisabeth Schwab, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Art of Discovery. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Digging</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>into</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Past in Renaissance Europe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Oxford, OUP, 2022), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Genève, Droz, 2023, t. LXXXV-3, pp. 713-717 (avec Christian Martens). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6900550C" w14:textId="77777777" w:rsidR="00B43218" w:rsidRPr="00446C88" w:rsidRDefault="00B43218" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CCB8BEB" w14:textId="77777777" w:rsidR="00B43218" w:rsidRPr="00446C88" w:rsidRDefault="00B43218" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Christian </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Mühling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Le débat européen sur la guerre de religion (1679-1714). Mémoire confessionnelle et politique internationale à l’époque de Louis XIV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Paris, Honoré Champion, 2021), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Church </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>History</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Religious</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Culture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 104, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brill, Leiden, 2024, pp. 1-3. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C3990D" w14:textId="77777777" w:rsidR="00B43218" w:rsidRPr="00446C88" w:rsidRDefault="00B43218" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65D36A07" w14:textId="77777777" w:rsidR="00B43218" w:rsidRDefault="00B43218" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Jean-Marie Le Gall et Claude Michaud, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Comment la confiance vient aux princes. Les rencontres princières en Europe (1494-1788)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Paris, PUF, 2023), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, t. 86, 2-3, 2024, pp. 498-501 (avec Benoît </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Caruzzo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08CCB984" w14:textId="77777777" w:rsidR="00B43218" w:rsidRPr="00B43218" w:rsidRDefault="00B43218" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7001EE2A" w14:textId="77777777" w:rsidR="00D02C68" w:rsidRPr="00F349C5" w:rsidRDefault="00D02C68" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Jérémie Foa, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F349C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Tous ceux qui tombent. Visages du massacre de la Saint-Barthélemy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F349C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Paris,</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Brill, Leiden, </w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F349C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>L’Harmattan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2021), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>CROMOHS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...102 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cyber </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C4ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C4ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Modern </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C4ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Historiography</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F349C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27, Firenze, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F349C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pp. 145-146 (en anglais). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151AA271" w14:textId="77777777" w:rsidR="00D02C68" w:rsidRPr="00F349C5" w:rsidRDefault="00D02C68" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39D69328" w14:textId="77777777" w:rsidR="00D02C68" w:rsidRPr="00446C88" w:rsidRDefault="00D02C68" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Luce Albert et Mickaël </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ribreau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Polémiques en chanson (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>IVè-XVIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Rennes, PUR, 2022), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
       </w:r>
-      <w:r w:rsidRPr="0006785D">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, Genève, Droz, </w:t>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, t. LXXXVII, 2025, pp. 255-258 (avec Charlotte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Lucken</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D831A8" w14:textId="77777777" w:rsidR="00D02C68" w:rsidRPr="00446C88" w:rsidRDefault="00D02C68" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BF5E8DA" w14:textId="77777777" w:rsidR="00D02C68" w:rsidRPr="006C4ADC" w:rsidRDefault="00D02C68" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:pStyle w:val="Corps"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Jean-Luc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nardone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (éd.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rStyle w:val="Aucun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La Représentation de Jérusalem et de la Terre Sainte dans les récits de pèlerins européens au XVI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rStyle w:val="Aucun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rStyle w:val="Aucun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Paris, Garnier, 2024), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Réforme, Humanisme, Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, n° 100, 2025, p. 266-269 (avec Rémy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Palatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4ADC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F2BF8C" w14:textId="77777777" w:rsidR="00D02C68" w:rsidRDefault="00D02C68" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72AB3B38" w14:textId="77777777" w:rsidR="00D02C68" w:rsidRPr="00823219" w:rsidRDefault="00D02C68" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00823219">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Laure Murat, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00823219">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Toutes les époques sont dégueulasses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00823219">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Lagrasse, Verdier, 2025),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00823219">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CROMOHS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...18 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00823219">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cyber </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00823219">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00823219">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Modern </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00823219">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Historiography</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00823219">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, 28, Firenze, 2025</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-        <w:t>Histoire de France, tome IV (1563-1567)</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, pp. 123-125 (en anglais)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00823219">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0BB99F" w14:textId="77777777" w:rsidR="00D02C68" w:rsidRDefault="00D02C68" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12DCE05B" w14:textId="77777777" w:rsidR="00D02C68" w:rsidRPr="00FF5ABB" w:rsidRDefault="00D02C68" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF5ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Thierry </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF5ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Amalou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF5ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>La Sorbonne entre en guerre de Religion. Autorité universitaire, censure et pouvoir royal en France (v. 1551-v. 1589)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Genève, Droz, 2024), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bibliothèque d’Humanisme et Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t. LXXXVII, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, Genève, Droz, </w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015202E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>pp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...431 lines deleted...]
-    <w:p w14:paraId="61049378" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="007923A0" w:rsidRDefault="00C90F79" w:rsidP="007923A0">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 672-674 (avec Nicolas Champeaux).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E97C37F" w14:textId="77777777" w:rsidR="00D02C68" w:rsidRDefault="00D02C68" w:rsidP="00B07ED2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61049378" w14:textId="77777777" w:rsidR="00C90F79" w:rsidRPr="007923A0" w:rsidRDefault="00C90F79" w:rsidP="00B07ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C90F79" w:rsidRPr="007923A0" w:rsidSect="00875043">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2310EB54" w14:textId="77777777" w:rsidR="00315FB8" w:rsidRDefault="00315FB8" w:rsidP="00B43218">
+    <w:p w14:paraId="39396C60" w14:textId="77777777" w:rsidR="00EE468E" w:rsidRDefault="00EE468E" w:rsidP="00B43218">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10CBD542" w14:textId="77777777" w:rsidR="00315FB8" w:rsidRDefault="00315FB8" w:rsidP="00B43218">
+    <w:p w14:paraId="6326346A" w14:textId="77777777" w:rsidR="00EE468E" w:rsidRDefault="00EE468E" w:rsidP="00B43218">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:panose1 w:val="02000503000000020004"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62B756D5" w14:textId="77777777" w:rsidR="00315FB8" w:rsidRDefault="00315FB8" w:rsidP="00B43218">
+    <w:p w14:paraId="03AC99D9" w14:textId="77777777" w:rsidR="00EE468E" w:rsidRDefault="00EE468E" w:rsidP="00B43218">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27C7B8D8" w14:textId="77777777" w:rsidR="00315FB8" w:rsidRDefault="00315FB8" w:rsidP="00B43218">
+    <w:p w14:paraId="24FEFC04" w14:textId="77777777" w:rsidR="00EE468E" w:rsidRDefault="00EE468E" w:rsidP="00B43218">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1430468405"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="7AB832E6" w14:textId="2D5ED86E" w:rsidR="00B43218" w:rsidRDefault="00B43218" w:rsidP="00C508D8">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="41EEA18B" w14:textId="77777777" w:rsidR="00B43218" w:rsidRDefault="00B43218" w:rsidP="00B43218">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1226190987"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1700C19A" w14:textId="2C07D34F" w:rsidR="00B43218" w:rsidRDefault="00B43218" w:rsidP="00C508D8">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
@@ -5864,111 +11247,124 @@
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6C83CA9C" w14:textId="77777777" w:rsidR="00B43218" w:rsidRDefault="00B43218" w:rsidP="00B43218">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="217"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E522EC"/>
+    <w:rsid w:val="00084450"/>
+    <w:rsid w:val="000A6E24"/>
     <w:rsid w:val="00315FB8"/>
+    <w:rsid w:val="00383184"/>
     <w:rsid w:val="0043198D"/>
+    <w:rsid w:val="004B309A"/>
     <w:rsid w:val="00717B0E"/>
     <w:rsid w:val="007923A0"/>
+    <w:rsid w:val="00833E3A"/>
+    <w:rsid w:val="0084701A"/>
     <w:rsid w:val="00875043"/>
+    <w:rsid w:val="00A27632"/>
     <w:rsid w:val="00A75680"/>
+    <w:rsid w:val="00B07ED2"/>
+    <w:rsid w:val="00B25A67"/>
     <w:rsid w:val="00B43218"/>
     <w:rsid w:val="00B46D14"/>
+    <w:rsid w:val="00B613FF"/>
     <w:rsid w:val="00C90F79"/>
+    <w:rsid w:val="00D02C68"/>
     <w:rsid w:val="00D657CF"/>
     <w:rsid w:val="00E522EC"/>
     <w:rsid w:val="00E55F15"/>
+    <w:rsid w:val="00EE468E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1AC8DE33"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{199CF9A4-21CE-9449-A5BF-AAD869B72813}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6445,55 +11841,108 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B43218"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
     <w:name w:val="En-tête Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="En-tte"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B43218"/>
   </w:style>
   <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B43218"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="000A6E24"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:rsid w:val="000A6E24"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Corps">
+    <w:name w:val="Corps"/>
+    <w:rsid w:val="00D02C68"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+        <w:bar w:val="nil"/>
+      </w:pBdr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Arial Unicode MS" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:bdr w:val="nil"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+      <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+        <w14:noFill/>
+        <w14:prstDash w14:val="solid"/>
+        <w14:bevel/>
+      </w14:textOutline>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Aucun">
+    <w:name w:val="Aucun"/>
+    <w:rsid w:val="00D02C68"/>
+    <w:rPr>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canalu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://aad.revues.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cesr.univ-tours.fr/actualites/videos-du-colloque-utopie-consensus-et-libre-arbitre-xive-xviie-siecles-fais-ce-que-voudras-248329.kjsp?RH=CESR_FR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://crm.revues.org)" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://crm.revues.org)" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://crm.revues.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -6758,70 +12207,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>19951</Characters>
+  <Pages>10</Pages>
+  <Words>4038</Words>
+  <Characters>22213</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>166</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>185</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23531</CharactersWithSpaces>
+  <CharactersWithSpaces>26199</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>