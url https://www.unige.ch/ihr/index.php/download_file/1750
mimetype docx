--- v0 (2025-12-13)
+++ v1 (2026-03-28)
@@ -2,186 +2,182 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6BE9CF95" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="0098159A" w:rsidRDefault="00C07B7E" w:rsidP="00C07B7E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098159A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paul-Alexis </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0098159A">
+        <w:t>Paul-Alexis Mellet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD736CE" w14:textId="77777777" w:rsidR="0098159A" w:rsidRPr="0098159A" w:rsidRDefault="0098159A" w:rsidP="00C07B7E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Mellet</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="4BD736CE" w14:textId="77777777" w:rsidR="0098159A" w:rsidRPr="0098159A" w:rsidRDefault="0098159A" w:rsidP="00C07B7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69ED0804" w14:textId="08F45A93" w:rsidR="00C07B7E" w:rsidRPr="0098159A" w:rsidRDefault="00C07B7E" w:rsidP="00C07B7E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="0098159A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Atelier doctoral, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098159A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atelier doctoral, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>doctorant.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0098159A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>doctorant.</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>e.s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0098159A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>e.s</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> et soutenances</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="386EEB9E" w14:textId="77777777" w:rsidR="00D734FA" w:rsidRDefault="00D734FA" w:rsidP="00C07B7E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="664EAD67" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="00C07B7E" w:rsidRDefault="001B19A7" w:rsidP="00C07B7E">
+    <w:p w14:paraId="664EAD67" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00C07B7E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="165B86CC" w14:textId="77777777" w:rsidR="00A25F46" w:rsidRPr="00C07B7E" w:rsidRDefault="00A25F46" w:rsidP="00C07B7E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68D1A9E5" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="00D734FA" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07B7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -191,545 +187,633 @@
         </w:rPr>
         <w:t xml:space="preserve">Direction de </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C07B7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>thèses:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="357CC4AE" w14:textId="77777777" w:rsidR="00243FC2" w:rsidRPr="00C07B7E" w:rsidRDefault="00243FC2" w:rsidP="00243FC2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F778ABD" w14:textId="5AFC5441" w:rsidR="00243FC2" w:rsidRPr="00243FC2" w:rsidRDefault="00243FC2" w:rsidP="00243FC2">
+    <w:p w14:paraId="3F778ABD" w14:textId="162C00C1" w:rsidR="00243FC2" w:rsidRPr="00D37C75" w:rsidRDefault="00243FC2" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Alyze</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bianco, thèse intitulée « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Jean de Coras : Monarchomaque avant l’heure ou source d’inspiration ? » Vers de nouvelles perspectives grâce aux humanités numériques »</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7FDD" w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, université de Genève / IHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CA7121" w14:textId="77777777" w:rsidR="00243FC2" w:rsidRPr="00D37C75" w:rsidRDefault="00243FC2" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6A813D" w14:textId="6812516B" w:rsidR="001B19A7" w:rsidRPr="00D37C75" w:rsidRDefault="001B19A7" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Silvine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Bonnigal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, thèse intitulée « Marie Stuart ou l’altérité incomprise », université de Genève-IHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="501AD853" w14:textId="77777777" w:rsidR="00243FC2" w:rsidRPr="00D37C75" w:rsidRDefault="00243FC2" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60461861" w14:textId="457524A8" w:rsidR="00243FC2" w:rsidRPr="00D37C75" w:rsidRDefault="00243FC2" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-Nicolas Champeaux, thèse intitulée « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Les constructions généalogiques pendant la Ligue : entre filiations imaginaires et authentiques lignées</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> », université de Genève / IHR. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58AB692E" w14:textId="77777777" w:rsidR="00243FC2" w:rsidRPr="00D37C75" w:rsidRDefault="00243FC2" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A4BA256" w14:textId="0CCAB195" w:rsidR="008E7FDD" w:rsidRPr="00D37C75" w:rsidRDefault="00243FC2" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-Mélinda Fleury</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5A9A" w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (codirection avec Andrea Frisch)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, thèse intitulée « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Retracer les sources intertextuelles et éclairer les processus de véridiction du discours historique de Lancelot Voisin de La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Popelinière</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1541-1608) : développement d’un outil d’analyse référentielle sur la base du plongement lexical »</w:t>
+      </w:r>
+      <w:r w:rsidR="00F108D1" w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7FDD" w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>université de Genève / IHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571D21D6" w14:textId="129F6243" w:rsidR="00243FC2" w:rsidRPr="00D37C75" w:rsidRDefault="00243FC2" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69B9FCD1" w14:textId="25FBC9FB" w:rsidR="000245FE" w:rsidRPr="00D37C75" w:rsidRDefault="008E7FDD" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-Ariel Giuliano, thèse intitulée « </w:t>
+      </w:r>
+      <w:r w:rsidR="000245FE" w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Réseaux de pouvoir et violence confessionnelle dans la diplomatie espagnole et pontificale au début des troubles confessionnels en France (1559-1564)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> », cotutelle </w:t>
+      </w:r>
+      <w:r w:rsidR="00F108D1" w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ENS Pise et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>université de Genève / IHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D560453" w14:textId="77777777" w:rsidR="008D5A9A" w:rsidRPr="00D37C75" w:rsidRDefault="008D5A9A" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AD1AC41" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="00D37C75" w:rsidRDefault="001B19A7" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Audrey </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Grail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (codirection avec Monique Weis), thèse intitulée « La guerre des deux Henri. L’implication des familles de Guise et de Condé dans les conflits politiques et religieux (1562-1588) », université de Genève-IHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CA1AB9" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="00D37C75" w:rsidRDefault="001B19A7" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C6FEE45" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="00D37C75" w:rsidRDefault="001B19A7" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Gaulthier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Lafferrière</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, thèse intitulée « Johann Sebastian Bach à Leipzig, identités nationale et religieuse dans la musique sacrée (1723-1750) », université de Genève-IHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D14965A" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="00D37C75" w:rsidRDefault="001B19A7" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69D8A088" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="00D37C75" w:rsidRDefault="001B19A7" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Marino </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Lambiase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, thèse intitulée « Les discours apologétiques de la monarchie au lendemain du massacre de la Saint-Barthélemy : vers la construction de l’absolutisme royal », université de Genève-IHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36937732" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="00D37C75" w:rsidRDefault="001B19A7" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52508152" w14:textId="11603EA3" w:rsidR="001B19A7" w:rsidRPr="00D37C75" w:rsidRDefault="001B19A7" w:rsidP="00D37C75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Christian Martens (codirection avec Ingrid De Smet), thèse intitulée « François Hotman historien. Études sur les premiers moments d’une discipline scientifique », </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37C75" w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cotutelle université de Warwick et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>université de Genève-IHR</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37C75" w:rsidRPr="00D37C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E5F02D" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D751776" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F22FBD3" w14:textId="77777777" w:rsidR="00A25F46" w:rsidRDefault="00A25F46" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05AE3019" w14:textId="77777777" w:rsidR="00A25F46" w:rsidRPr="001B19A7" w:rsidRDefault="00A25F46" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1011F2D8" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Soutenances de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>thèses:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1B9E0E61" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="199A64C6" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00243FC2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00243FC2">
-[...35 lines deleted...]
-    <w:p w14:paraId="21CA7121" w14:textId="77777777" w:rsidR="00243FC2" w:rsidRPr="00243FC2" w:rsidRDefault="00243FC2" w:rsidP="00243FC2">
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Juin </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2019:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> membre du jury de la thèse de Thomas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Gueydier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, intitulée « L’Augustin de François de Sales », direction Hélène Michon, université de Tours / CESR. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5318C8FC" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00243FC2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D6A813D" w14:textId="6812516B" w:rsidR="001B19A7" w:rsidRPr="00243FC2" w:rsidRDefault="001B19A7" w:rsidP="00243FC2">
+    <w:p w14:paraId="78E34934" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00243FC2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00243FC2">
-[...429 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve">-Septembre </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>2020:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> membre du jury de la thèse de Marc </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Kolakowski</w:t>
@@ -1108,778 +1192,2274 @@
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">avril </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>2021) :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01BDC7DF" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AEC247A" w14:textId="15B1A07C" w:rsidR="00D734FA" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
+    <w:p w14:paraId="6AEC247A" w14:textId="7DD01EDE" w:rsidR="00D734FA" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Création et animation d’un atelier doctoral, environ </w:t>
       </w:r>
       <w:r w:rsidR="00D734FA" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00D61FC0" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-9</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> séances par an (20-25 personnes</w:t>
+        <w:t xml:space="preserve"> séances par an (</w:t>
+      </w:r>
+      <w:r w:rsidR="005E5708">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>15-20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personnes</w:t>
       </w:r>
       <w:r w:rsidR="0098159A" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">MA, doc. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>et</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> post-doc.), intitulé « Renaissance &amp; Réforme. Histoire des idées, histoire des discours » (ADRD). Les membres de l’atelier, en fonction de leurs intérêts respectifs, participent ensemble à diverses activités scientifiques</w:t>
+        <w:t xml:space="preserve"> post-doc.), intitulé « Renaissance &amp; Réforme. Histoire des idées, histoire des discours » (ADRD). Les membres de l’atelier, en fonction de leurs intérêts respectifs, </w:t>
+      </w:r>
+      <w:r w:rsidR="0084672F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>discutent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensemble </w:t>
+      </w:r>
+      <w:r w:rsidR="0084672F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diverses activités scientifiques</w:t>
       </w:r>
       <w:r w:rsidR="0098159A" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> interventions dans des colloques, rédaction</w:t>
       </w:r>
       <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou correction</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> d’articles, organisation de journées d’étude, séjours de recherche, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, etc. </w:t>
+        <w:t xml:space="preserve"> d’articles, organisation de journées d’étude, séjours de recherche, compte rendus, etc. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E812282" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EA1C43D" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+    <w:p w14:paraId="2EA1C43D" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A3CFBA8" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="040BAD5B" w14:textId="77777777" w:rsidR="00151513" w:rsidRPr="00A80643" w:rsidRDefault="00151513" w:rsidP="00151513">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Atelier doctoral ADRD, décembre 2025 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0631B5" w14:textId="32D34803" w:rsidR="00151513" w:rsidRPr="00A80643" w:rsidRDefault="00151513" w:rsidP="00151513">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion autour de </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65D20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pierre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Lyraud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, « L’art des brèches. Pratique des citations dans la première modernité (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>XVIè-XVIIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècles)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> », </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+        </w:rPr>
+        <w:t>Etudes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> françaises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+        </w:rPr>
+        <w:t>, 61, 1, 2025, p. 5-20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BADC8B1" w14:textId="77777777" w:rsidR="00151513" w:rsidRPr="00A80643" w:rsidRDefault="00151513" w:rsidP="00151513">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Présentation par Ariel Giuliano de sa thèse en cours, intitulée </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Réseaux de pouvoir et violence confessionnelle dans la diplomatie espagnole et pontificale au début des troubles confessionnels en France (1559-1564) », cotutelle ENS Pise et université de Genève / IHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F90346" w14:textId="77777777" w:rsidR="00151513" w:rsidRDefault="00151513" w:rsidP="00151513">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D76ADBB" w14:textId="77777777" w:rsidR="00E05468" w:rsidRPr="00A80643" w:rsidRDefault="00E05468" w:rsidP="00E05468">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">*Atelier doctoral ADRD, novembre 2025 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF3EB20" w14:textId="77777777" w:rsidR="00E05468" w:rsidRPr="00A80643" w:rsidRDefault="00E05468" w:rsidP="00E05468">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Présentation par Alexandre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Goderniaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Neuchâtel) et Adrienne Petit (Lille) de leurs travaux en cours sur Antoine de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Nervèze</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448FFEC5" w14:textId="3C6DE265" w:rsidR="00E05468" w:rsidRPr="00A80643" w:rsidRDefault="00E05468" w:rsidP="00E05468">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0071552B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Exercice collectif : e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xpertiser à l’aveugle un article pour la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Réforme-Humanisme-Renaissance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>(titre : « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>La discipline urbaine et l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>infrajudiciaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pris dans un dialogue de sources. Le registre de police d’Amboise de 1567 face aux registres du consistoire de Genève »).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="632DA4BB" w14:textId="77777777" w:rsidR="00E05468" w:rsidRPr="00A80643" w:rsidRDefault="00E05468" w:rsidP="00E05468">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DD60C21" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Atelier doctoral ADRD, octobre 2025 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779C3550" w14:textId="3DEAFB9F" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Présentation par Charlotte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Lucken</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de son Master </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF16CB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>sur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> « Un bressan aux Mascareignes</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF16CB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Avantures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de François </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Leguat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1690-1698) », soutenu en juin 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB62A69" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion autour de Manon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Gac</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Faictes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que justice en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>vostre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>cueur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> abonde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : les adresses au roi Charles IX dans le secret conseil et la singerie des Huguenots », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Cahiers poitevins d’histoire du droit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1, 2021, p. 15-32. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D85CACB" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46BD442A" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Atelier doctoral ADRD, juin 2025 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65ECD92B" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Présentation par Joël </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>Schnapp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de son article </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Trump, Élu de Dieu : vers le Millenium, l'Âge d'or, l'Apocalypse ? », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Le Média</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, 13 janvier 2025, en ligne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5445A0" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Présentation par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Alyze</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bianco, Nicolas Champeaux et Lorenzo Paoli, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de leur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>présentation de leur communication au colloque « Intertextualités » (Paris, 1-3 juillet 2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFFE065" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF39034" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Atelier doctoral ADRD, mai 2025 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00EFDD95" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion autour de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rebecca Legrand, « Les massacres de Floride (1565) : mémoires et oublis d’un scandale de la Renaissance », dans Blandine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Perona</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Isabelle Moreau et Enrica </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Zanin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Fabrique du scandale et rivalités mémorielles en France et en Europe (1550-1697)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, Bordeaux, PUB, 2022 (volume complet en ligne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D144392" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion autour de Sophie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>Yvert</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>-Hamon, « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stratégies de désignation dans le discours politique catholique et protestant pendant les guerres de religion : le tournant décisif de la conversion d’Henri IV (1593) », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bergen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Linguistics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A80643">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 10 / 1, 2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D70F27C" w14:textId="77777777" w:rsidR="00EC25D6" w:rsidRPr="00A80643" w:rsidRDefault="00EC25D6" w:rsidP="00EC25D6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78723D34" w14:textId="77777777" w:rsidR="007D143E" w:rsidRPr="00DF3403" w:rsidRDefault="007D143E" w:rsidP="007D143E">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF3403">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Atelier doctoral ADRD, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>avril</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3403">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3403">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A2D9F1" w14:textId="77777777" w:rsidR="007D143E" w:rsidRPr="00494412" w:rsidRDefault="007D143E" w:rsidP="007D143E">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494412">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion autour de Francesco </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00494412">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Benigno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00494412">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et Daniele Di Bartolomeo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494412">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>La Magie du passé. L’idée de répétition historique dans la Révolution française</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494412">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Les Perséides, 2021, pp. 7-31. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8FDBAC" w14:textId="29028EB4" w:rsidR="007D143E" w:rsidRDefault="007D143E" w:rsidP="007D143E">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494412">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion autour de Hugues </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00494412">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Daussy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00494412">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, « Protestants et politique au XVIème siècle : état de la recherche et perspectives », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494412">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bulletin de la Société de l'Histoire du Protestantisme Français</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494412">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 150, 2004, p. 15-32. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CEB4F9D" w14:textId="77777777" w:rsidR="007D143E" w:rsidRDefault="007D143E" w:rsidP="007D143E">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="206AC86E" w14:textId="77777777" w:rsidR="007D143E" w:rsidRPr="00DF3403" w:rsidRDefault="007D143E" w:rsidP="007D143E">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF3403">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Atelier doctoral ADRD, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>mars</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3403">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3403">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B97E094" w14:textId="77777777" w:rsidR="007D143E" w:rsidRPr="008A6E54" w:rsidRDefault="007D143E" w:rsidP="007D143E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A6E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion autour de Marianne </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A6E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Carbonnier-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A6E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Burkard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A6E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, « Les manuels réformés de préparation à la mort », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D514D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Revue de l'histoire des religions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A6E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tome 217, n°3, 2000, pp. 363-380. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8F6595" w14:textId="77777777" w:rsidR="007D143E" w:rsidRPr="008A6E54" w:rsidRDefault="007D143E" w:rsidP="007D143E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006823CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742ECD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Discussion autour de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Frédéric Gabriel, « Qu’est-ce qu’une parole publique ? Entre exégèse et propagande », dans I. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Moreau et G. Holtz (éd.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A6E54">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>« Parler librement ». La liberté de parole au tournant du XVIe et du XVIIe siècle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, ENS Éditions, 2005, pp. 145-157.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0854F9" w14:textId="77777777" w:rsidR="00E05468" w:rsidRPr="001B19A7" w:rsidRDefault="00E05468" w:rsidP="00151513">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="222F414A" w14:textId="77777777" w:rsidR="00151513" w:rsidRPr="00DF3403" w:rsidRDefault="00151513" w:rsidP="00151513">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF3403">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Atelier doctoral ADRD, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>février</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3403">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3403">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3894CF43" w14:textId="4D4488D8" w:rsidR="00151513" w:rsidRDefault="00151513" w:rsidP="00151513">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>Dénes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Harai </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="212121"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Lerga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>alvaro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Adot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Philippe Chareyre et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Dénes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Harai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Princes, conseils et réformations à la Renaissance. Politique et religion (Europe-Amériques)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6FD9">
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Casa de Velasquez, 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3CFBA8" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="002E4CB0">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="108F4BAD" w14:textId="2B35BAEC" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">*Atelier doctoral ADRD, octobre 2024 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6456F833" w14:textId="1B96707C" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="6456F833" w14:textId="1B96707C" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>-</w:t>
-      </w:r>
+        <w:t xml:space="preserve">-Présentation par Lorenzo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>P</w:t>
-      </w:r>
+        <w:t>Comensoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">résentation par Lorenzo </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001B19A7">
+        <w:t xml:space="preserve"> du premier chapitre de son livre sur Pierre Matthieu, en cours de rédaction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777C99E3" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Comensoli</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> du premier chapitre d</w:t>
-      </w:r>
+        <w:t xml:space="preserve">-Discussion autour de Karine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>e son</w:t>
-      </w:r>
+        <w:t>Abiven</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> livre sur Pierre Matthieu, en cours de rédaction.</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> et Arnaud </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Welfringer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Discussion autour de Karine </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001B19A7">
+        <w:t xml:space="preserve">, introduction au dossier « Courage de la vérité et écritures de l’histoire », Société des littératures classiques, 2017. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02287FBF" w14:textId="0D2FA0FB" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B02F024" w14:textId="0CEE40B9" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Atelier doctoral ADRD, septembre 2024 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC38013" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Présentation par Lorenzo Paoli de sa thèse soutenue en juillet 2024 (CESR de Tours) sur les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Antiquitates</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Annius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Viterbe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4915416D" w14:textId="2E2BB6AA" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion autour de Pierre-Jean </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Souriac</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Guerres religieuses, histoire et expiation : autour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de l’émeute toulousaine de mai 1562 », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Chrétiens et sociétés XVIe-XXIe siècles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, 20, 2013, p. 31-62.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5639A76E" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53BF0A37" w14:textId="03451975" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Atelier doctoral ADRD, juin 2024 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5660EAC9" w14:textId="7AD3E601" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion autour d’Alicia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742ECD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Viaud</w:t>
+      </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...109 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>, « </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B19A7">
-[...87 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00742ECD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">François de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00742ECD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Discussion autour d’Alicia </w:t>
-      </w:r>
+        <w:t>Belleforest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00742ECD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Viaud</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> et la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742ECD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>, « </w:t>
+        <w:t>contrainte du genre</w:t>
       </w:r>
       <w:r w:rsidRPr="00742ECD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">François de </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> historique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
       <w:r w:rsidRPr="00742ECD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Belleforest</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> prudence courtisane ou vérité partisane ?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> », </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00742ECD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et la </w:t>
-      </w:r>
+        <w:t>Albineana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00742ECD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>contrainte du genre</w:t>
+        <w:t>, Cahiers d'Aubigné</w:t>
       </w:r>
       <w:r w:rsidRPr="00742ECD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> historique</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        <w:t>, 31, 2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t> :</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00742ECD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> prudence courtisane ou vérité partisane ?</w:t>
+        <w:t>p. 65-88</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> », </w:t>
-[...6 lines deleted...]
-          <w:iCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1C03B3" w14:textId="733CB40A" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Albineana</w:t>
-[...6 lines deleted...]
-          <w:iCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>, Cahiers d'Aubigné</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">-Discussion autour d’Emmanuel Bury, « La tradition gallicane : les historiographes et l’érudition en France (fin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>, 31, 2019</w:t>
-      </w:r>
+        <w:t>XVIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">-milieu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>pp. 65-88</w:t>
-      </w:r>
+        <w:t>XVIIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> siècle », dans </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Les historiographies en Europe</w:t>
+      </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Discussion autour d’Emmanuel Bury, « La tradition gallicane : les historiographes et l’érudition en France (fin </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve">, PUPS, 2006, pp. 313-323. </w:t>
+        <w:t xml:space="preserve">, PUPS, 2006, p. 313-323. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A65648" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61CF8D2F" w14:textId="470AC56F" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">*Atelier doctoral ADRD, mai 2024 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72681E49" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+    <w:p w14:paraId="72681E49" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00D245F7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Joël </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Schnapp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, présentation de son article « </w:t>
       </w:r>
@@ -1946,54 +3526,55 @@
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Cristianesimo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, à paraître en 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5ECB09" w14:textId="63E827D3" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+    <w:p w14:paraId="1F5ECB09" w14:textId="63E827D3" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="00D245F7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
         </w:rPr>
         <w:t>Discussion autour de M</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>arie</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
@@ -2029,94 +3610,88 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, « </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
         </w:rPr>
         <w:t xml:space="preserve">Du roi-prêtre au roi. Le double pouvoir dans le contexte franco-allemand de la diffusion du protestantisme », </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
         </w:rPr>
         <w:t>Trajectoires</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
         </w:rPr>
-        <w:t>, n° 13, 2020</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>, n° 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE2F8D4" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78CA2547" w14:textId="26B69F52" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">*Atelier doctoral ADRD, avril 2024 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22096326" w14:textId="3A3CF5D6" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="22096326" w14:textId="3A3CF5D6" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>-Présentation par Lorenzo Paoli des conclusions de sa thèse en cours à Tours / Bologne « </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Annius</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -2151,117 +3726,120 @@
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>-XVII</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">siècles) ». </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D2D5F47" w14:textId="77777777" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="5D2D5F47" w14:textId="77777777" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">-Discussion autour de Thomas Hobbes, « De la lecture de l’histoire », années 1620. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30AD02A8" w14:textId="77777777" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77E424E8" w14:textId="052C3306" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>*Atelier doctoral ADRD, mars 2024 :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6014B9" w14:textId="77777777" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="7D6014B9" w14:textId="77777777" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>-Présentation par Christian Martens</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> d’un dossier portant sur les portraits de François Hotman.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A07EA73" w14:textId="77777777" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="6A07EA73" w14:textId="77777777" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Discussion autour de Horst </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Bredekamp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -2293,52 +3871,53 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E54716C" w14:textId="252E8836" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>*Atelier doctoral ADRD, février 2024 :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C6654A8" w14:textId="271B1A3E" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="5C6654A8" w14:textId="271B1A3E" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation par Alexandre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
@@ -2353,52 +3932,53 @@
         <w:t xml:space="preserve"> de sa thèse soutenue en décembre 2023 à Liège (sous la direction d’Annick </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Delfosse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">), intitulée </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>« Une autre foi, une autre France. Les libelles imprimés par les catholiques zélés durant les guerres de Religion (1585-1629) ».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63CDC132" w14:textId="7D1844FA" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="63CDC132" w14:textId="7D1844FA" w:rsidR="0098159A" w:rsidRPr="001B19A7" w:rsidRDefault="0098159A" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Discussion autour de Claudie Martin-Ulrich, </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">La Persona de la princesse au XVIe </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -2427,97 +4007,128 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4236681F" w14:textId="5612AAC7" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Atelier doctoral ADRD, décembre 2023 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51CC01D8" w14:textId="71F586DA" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00D61FC0" w:rsidP="001B19A7">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">-Marino </w:t>
+    <w:p w14:paraId="51CC01D8" w14:textId="2071AD8F" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00D61FC0" w:rsidP="00D245F7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6822">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marino </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Lambiase</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et Nicolas Thiry, présentation de leur stage d’Histoire du livre réalisé à la BNF. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="78551BAE" w14:textId="793DBDDE" w:rsidR="00D61FC0" w:rsidRPr="001B19A7" w:rsidRDefault="00D61FC0" w:rsidP="001B19A7">
+        <w:t xml:space="preserve"> et Nicolas Thiry</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6822">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de leur stage d’Histoire du livre réalisé à la BNF. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78551BAE" w14:textId="793DBDDE" w:rsidR="00D61FC0" w:rsidRPr="001B19A7" w:rsidRDefault="00D61FC0" w:rsidP="00D245F7">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-Discussion autour de Guillaume Pinet, « </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Histoire apaisée d’une inquiétude intellectuelle, à propos </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>de:</w:t>
       </w:r>
@@ -2576,120 +4187,134 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Atelier doctoral ADRD, novembre 2023 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B47566" w14:textId="32A7CB7D" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00D61FC0" w:rsidP="001B19A7">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">, présenté du projet FNS </w:t>
+    <w:p w14:paraId="44B47566" w14:textId="7CC2485E" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00D61FC0" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6822">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Paul-Alexis Mellet</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6822">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du projet FNS </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Archéo-Pol. La Bibliothèque des Monarchomaques. Une archéologie des discours politiques réformés (fin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>XVIè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> siècle)</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C505952" w14:textId="4077A4A7" w:rsidR="00D61FC0" w:rsidRPr="001B19A7" w:rsidRDefault="00D61FC0" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="7C505952" w14:textId="4077A4A7" w:rsidR="00D61FC0" w:rsidRPr="001B19A7" w:rsidRDefault="00D61FC0" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Discussion autour de </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Vincent </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rStyle w:val="familyname"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Robert-</w:t>
@@ -2714,72 +4339,79 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>« </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Renverser la marmite </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>papale:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> construction d’un discours identitaire huguenot à l’aube des guerres de religion</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">», </w:t>
+        <w:t xml:space="preserve"> construction d’un discours identitaire huguenot à l’aube des guerres de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>religion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rStyle w:val="Accentuation"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Histoire culturelle de </w:t>
-[...7 lines deleted...]
-        <w:t>l'Europe</w:t>
+        <w:t>Histoire culturelle de l'Europe</w:t>
       </w:r>
       <w:r w:rsidR="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">n° spécial sur « Légendes noires et identités collectives : construction, déconstruction, réfutation » (en ligne). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21127904" w14:textId="24DA5510" w:rsidR="00D61FC0" w:rsidRPr="001B19A7" w:rsidRDefault="00D61FC0" w:rsidP="001B19A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="951"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
@@ -2794,82 +4426,112 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Atelier doctoral ADRD, octobre 2023 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E40931D" w14:textId="0CBCE58A" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="001B19A7">
-[...12 lines deleted...]
-        <w:t>-Guillaume Pinet, présentation de sa thèse soutenue en juillet 2023</w:t>
+    <w:p w14:paraId="0E40931D" w14:textId="3828D6DC" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0040">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Guillaume Pinet</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0040">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>de sa thèse soutenue en juillet 2023</w:t>
       </w:r>
       <w:r w:rsidR="002406A2" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CESR de Tours)</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> à partir de « La clef en or de Brantôme : une histoire politique des émotions ». </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1864BB4A" w14:textId="38040BAC" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="1864BB4A" w14:textId="38040BAC" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Discussion autour d’Ivan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Ygouf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -2897,86 +4559,130 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Atelier doctoral ADRD, septembre 2023 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04455409" w14:textId="2BAE38FE" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="001B19A7">
+    <w:p w14:paraId="04455409" w14:textId="3A4F60BA" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="00DC6822">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Julien Ramos, présentation de son mémoire de BA6 « La préoccupation des pasteurs. : le temps, les mœurs et la doctrine. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001B19A7">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0040">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:t xml:space="preserve">Présentation par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Julien Ramos</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0040">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de son mémoire de BA6 </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0040">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« La préoccupation des pasteurs. : le temps, les mœurs et la doctrine. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
         <w:t>Etudes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> des registres de la Compagnie des Pasteurs de Genève entre 1546 et 1588 ». </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641E4AED" w14:textId="421CC37B" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="001B19A7">
+    <w:p w14:paraId="641E4AED" w14:textId="421CC37B" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="00DC6822">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-Discussion autour de Michel Nassiet, « La sanction de l’adultère féminin au XVIème siècle : l’alignement d’une norme sociale sur le droit », dans Bruno Lemesle et Michel Nassiet (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>dir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
@@ -3095,564 +4801,599 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Atelier doctoral ADRD, juin 2023 :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60874766" w14:textId="77777777" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="001B19A7">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">-Nicolas </w:t>
+    <w:p w14:paraId="60874766" w14:textId="4347B7B6" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0040">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicolas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Balzamo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B19A7">
-[...3 lines deleted...]
-        <w:t>, présentation d’une recherche sur « </w:t>
+      <w:r w:rsidR="001C0040">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d’une recherche sur « </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Argent, pouvoir et sacralité dans un village breton au XVIIIe siècle</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ». </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CAFA7B" w14:textId="1BDD260B" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="40CAFA7B" w14:textId="1BDD260B" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Discussion </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>autour</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de Robert von </w:t>
+        <w:t xml:space="preserve"> de Robert von Friedeburg, « Wars with books. From which point onward should we employ the term “ideology” with respect to our sources?”, dans K. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Friedeburg</w:t>
+        <w:t>Enenkel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, « Wars with books. From which point onward should we employ the term “ideology” with respect to our sources?”, dans K. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001B19A7">
+        <w:t>, M. Laureys et C. Pieper</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61FC0" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Enenkel</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> (ed.)</w:t>
+      </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, M. </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Laureys</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Discourses of Power. Ideology and Politics in Neo-Latin Literature</w:t>
+      </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et C. Pieper</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">, Georg Olms Verlag, Hildesheim-Zürich-New York, 2012, pp. 299-326. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E78C92" w14:textId="77777777" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (ed.)</w:t>
-[...33 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F602E32" w14:textId="43F9DC52" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Atelier doctoral ADRD, mai 2023 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67946C3D" w14:textId="3D307B84" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="001B19A7">
+    <w:p w14:paraId="67946C3D" w14:textId="53F644DF" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00DC6822" w:rsidP="001B19A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="984"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Discussion autour de Max </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Engammare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002406A2" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin : A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Prophet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>without</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Prophecy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002406A2" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Church </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>History</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">n° 67 / 4, </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>1998</w:t>
       </w:r>
       <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 643-661. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="549F6631" w14:textId="37B109DB" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00BC65D7" w:rsidP="001B19A7">
+    <w:p w14:paraId="549F6631" w14:textId="29BCF15C" w:rsidR="00BC65D7" w:rsidRPr="001B19A7" w:rsidRDefault="00DC6822" w:rsidP="001B19A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="984"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Discussion autour de Denise </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Turrel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, « La politique de l’emprunt chez La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Popelinière</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> », </w:t>
       </w:r>
       <w:r w:rsidR="002406A2" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">dans </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Popelinière</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>, Histoire de France</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B19A7">
+      <w:r w:rsidR="00BC65D7" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, édition critique, Genève, Droz, 2012, pp. XLI-LXIV. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34CB9817" w14:textId="77777777" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="001B19A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DA13AB0" w14:textId="362852B6" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Atelier doctoral ADRD, avril 2023 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D691724" w14:textId="37591A16" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="001B19A7">
+    <w:p w14:paraId="1D691724" w14:textId="0802049D" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="00DC6822">
       <w:pPr>
         <w:pStyle w:val="Titre4"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="0" w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>-Lorenzo Paoli,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002406A2" w:rsidRPr="001B19A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB326B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> présentation de sa thèse en cours de rédaction (CESR de Tours)</w:t>
+        <w:t xml:space="preserve">Présentation par </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
+        <w:t>Lorenzo Paoli</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002406A2" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>de sa thèse en cours de rédaction (CESR de Tours)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Annius</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Viterbe et les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
@@ -3705,55 +5446,56 @@
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>siècles)</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, chapitre I-4. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C995F59" w14:textId="20EA4B89" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="001B19A7">
+    <w:p w14:paraId="0C995F59" w14:textId="20EA4B89" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="00DC6822">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="002406A2" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Discussion autour de </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Madeleine </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
@@ -3802,2137 +5544,2335 @@
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Identités</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> juives et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>chrétiennes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">: France </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> France </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>méridionale</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> XIVe- XIXe </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>siècle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aix-en-Provence: Presses universitaires de Provence, 2003, pp. 167-177. </w:t>
+        <w:t>Aix-en-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Provence:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Presses universitaires de Provence, 2003, pp. 167-177. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5168F42A" w14:textId="77777777" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="001B19A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35D7C1F3" w14:textId="2AAC7C46" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA04FF" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Atelier doctoral ADRD, mars 2023 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693B61E3" w14:textId="77777777" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="001B19A7">
+    <w:p w14:paraId="693B61E3" w14:textId="23E3533E" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="00DC6822">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">-Marie de Mendez, présentation de son mémoire de BA6 « La figure de Satan dans les </w:t>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Marie de Mendez</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de son mémoire de BA6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« La figure de Satan dans les </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">discours </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>véritables</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1599-1613) ». </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC6833E" w14:textId="19F91B30" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="001B19A7">
+    <w:p w14:paraId="1EC6833E" w14:textId="79D22C92" w:rsidR="00EA04FF" w:rsidRPr="001B19A7" w:rsidRDefault="00EA04FF" w:rsidP="00DC6822">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:t>-Discussion de la thèse de René Gerber (Strasbourg), « </w:t>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>autour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de René Gerber (Strasbourg), « </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Lis avec application les articles… et puis tu jugeras</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. La réception des XII articles dans les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Flugschriften</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 1525 », 2012, pp. 339-383.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30625859" w14:textId="77777777" w:rsidR="00EA04FF" w:rsidRDefault="00EA04FF" w:rsidP="001B19A7">
-[...20 lines deleted...]
-    </w:p>
     <w:p w14:paraId="731FECF5" w14:textId="77777777" w:rsidR="00243FC2" w:rsidRPr="001B19A7" w:rsidRDefault="00243FC2" w:rsidP="001B19A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E4D90C2" w14:textId="2135DEAE" w:rsidR="0020343B" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="0020343B" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, février </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0020343B" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2023:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="76831A39" w14:textId="112A0101" w:rsidR="0020343B" w:rsidRPr="001B19A7" w:rsidRDefault="0020343B" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alexandre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Goderniaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>a thèse en cours</w:t>
+      </w:r>
+      <w:r w:rsidR="002406A2" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de rédaction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Liège)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Les libelles imprimés par les catholiques zélés durant les guerres de Religion (1585-1629) ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E91FFD5" w14:textId="35AFA108" w:rsidR="0020343B" w:rsidRPr="001B19A7" w:rsidRDefault="0020343B" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion de Thierry </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Wanegffelen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ni Rome ni Genève. Des fidèles entre deux chaires en France au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>XVIè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siècle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Paris, H. Champion, 1997, pp. 3-31. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B3B371" w14:textId="77777777" w:rsidR="0020343B" w:rsidRPr="001B19A7" w:rsidRDefault="0020343B" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="432D1585" w14:textId="7B73B6B9" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, décembre </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2022:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B193C9" w14:textId="3AFEA6DC" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002406A2" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Discussion autour de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tiphaine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Guillabert-Madinier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, « Le carnaval, un outil de la Réforme ? Les cas de Bâle et Berne », </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Le Verger – bouquet 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, novembre 2014. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1229A5BD" w14:textId="22E0DA69" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4172">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Présentation par Christian Martens et Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FA4172">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB326B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de leur article en cours de rédaction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>sur « Le serment de 1602 », à paraître dans la Bibliothèque de l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Ecole</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des Chartes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ECFB62E" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10D0F70E" w14:textId="17643C8D" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, novembre </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2022:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6B1C08" w14:textId="65A5A4E0" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4172">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Présentation par Paul-Alexis Mellet de son article en cours de rédaction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> « Les </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>discours véritables</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en France vers 1600 : véritables, stupéfiants et moralisants ». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D35EB6" w14:textId="0BF0B3C5" w:rsidR="00C07B7E" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-Discussion de l’introduction du livre de Jérémie Ferrer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Bartomeu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (Champ Vallon, 2022). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>L’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à la Lettre. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Ecrit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> politique et société administrative en France au temps des guerres de religion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F1035A" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0169CC19" w14:textId="708E1FBB" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, octobre </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2022:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C59E66D" w14:textId="7C6D5E0B" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00366571">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Présentation par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lorenzo Paoli </w:t>
+      </w:r>
+      <w:r w:rsidR="00366571">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de son article en cours de rédaction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>« Re-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Forging</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Forgery</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the French </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Editions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Annius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Viterbo’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Antiquitates</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCE31FC" w14:textId="7FE9BFAE" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion de l’introduction du livre de P.-A. Mellet, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Les remontrances, discours de paix et de justice en temps de guerre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Droz, 2022).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304B45DA" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48066288" w14:textId="00A90E16" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, septembre </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2022:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206055EF" w14:textId="37FED4DF" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Rentrée académique : présentation et discussion des travaux en cours par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>tou.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>te.s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>inscrit.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>e.s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en MA et en thèse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B8E93FC" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DFA6CE3" w14:textId="66630AFA" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, juin </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2022:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACD6CF2" w14:textId="6A14DF70" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6822">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Discussion autour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Roger Chartier, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Au bord de la falaise. L’histoire entre certitudes et inquiétude</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, Paris, Albin Michel 2009, pp. 125-143 et 279-303.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D26C9E2" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EB455CC" w14:textId="497D48EA" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="0020343B" w:rsidRPr="001B19A7">
-[...185 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atelier doctoral ADRD, décembre </w:t>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, mai </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>2022:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B193C9" w14:textId="3AFEA6DC" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
-      <w:pPr>
+    <w:p w14:paraId="25D93F75" w14:textId="6FCDC14E" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="002406A2" w:rsidRPr="001B19A7">
-[...103 lines deleted...]
-    <w:p w14:paraId="10D0F70E" w14:textId="17643C8D" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:r w:rsidR="00DC6822">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Discussion autour</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6822" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Michael </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Baxandall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>L’œil du Quattrocento. L’usage de la peinture dans l’Italie de la Renaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, Paris, Gallimard, 1972, pp. 47-90 et 154-1690.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C42E362" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6198F5F2" w14:textId="56D877EB" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atelier doctoral ADRD, novembre </w:t>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, avril </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>2022:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6B1C08" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
-[...144 lines deleted...]
-    <w:p w14:paraId="0169CC19" w14:textId="708E1FBB" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+    <w:p w14:paraId="1A64202E" w14:textId="0EB6893F" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6822">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Discussion autour</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6822" w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friedrich Nietzsche, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Seconde considération intempestive. De l’utilité et de l’inconvénient des études historiques pour la vie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1874). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342DBF03" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BAFCEC6" w14:textId="5A8FB9D1" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atelier doctoral ADRD, octobre </w:t>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, mars </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>2022:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C59E66D" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
-[...30 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    <w:p w14:paraId="0E3352CA" w14:textId="1DEFCDB9" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6822">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">autour </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la table ronde organisée par les membres du séminaire ADRD, pour la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Renaissance Society of America</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Dublin, mars-avril 2022) : « The Most-Christian </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>King’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Crown </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> French Wars of </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Forgery</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Religion:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the French </w:t>
-[...123 lines deleted...]
-    <w:p w14:paraId="48066288" w14:textId="00A90E16" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+        <w:t xml:space="preserve"> traditions, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>debates</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>discrepancies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624ABBA9" w14:textId="77777777" w:rsidR="00243FC2" w:rsidRPr="001B19A7" w:rsidRDefault="00243FC2" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="788F232E" w14:textId="16D09278" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atelier doctoral ADRD, septembre </w:t>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, décembre </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>2022:</w:t>
+        <w:t>2021:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206055EF" w14:textId="37FED4DF" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
-[...65 lines deleted...]
-    <w:p w14:paraId="1DFA6CE3" w14:textId="66630AFA" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+    <w:p w14:paraId="61FBCD32" w14:textId="22F1A58A" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Discussion de deux articles en cours de rédaction de Lorenzo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Comensoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Antonini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6822">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Refédérer les Français par la mémoire des guerres, 1593-94 » et « L’entente catholique de 1593. La redéfinition de l’ennemi à la fin des guerres de Religion ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C80221" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A0B7B32" w14:textId="65D0D036" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atelier doctoral ADRD, juin </w:t>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, septembre </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>2022:</w:t>
+        <w:t>2021:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACD6CF2" w14:textId="2B300CD2" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
-[...40 lines deleted...]
-    <w:p w14:paraId="5EB455CC" w14:textId="497D48EA" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+    <w:p w14:paraId="72996C86" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Présentation par Nicolas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Balzamo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de son livre intitulé </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Les êtres artificiels. Essai sur le culte des images en Occident, XIVe-XVIIe siècle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Le Cerf, 2021). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FBF1C0" w14:textId="02E55083" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Commentaire collectif d’Alphonse </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Dupront</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Ethno-histoire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et anthropologie religieuse », dans </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Du sacré. Croyances et pèlerinages. Images et langages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, Paris, Gallimard, 1987, pp. 58-87.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1084E47B" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03DB969D" w14:textId="36C60594" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atelier doctoral ADRD, mai </w:t>
+        <w:t xml:space="preserve">Atelier doctoral ADRD, juin </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>2022:</w:t>
+        <w:t>2021:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D93F75" w14:textId="474C4AB3" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
-[...56 lines deleted...]
-    <w:p w14:paraId="6198F5F2" w14:textId="56D877EB" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+    <w:p w14:paraId="305D2ADF" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Présentation par Manon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Gac</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de sa thèse (soutenue en mai 2021) intitulée « </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>prestre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rimailleur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Artus Désiré et la polémique religieuse ». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43760C85" w14:textId="0142819C" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Commentaire collectif de Michel Foucault, « Qu’est-ce que la gouvernementalité ? », dans </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Sécurité, territoire, population</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, Paris, Gallimard, 2004, pp. 91-118 (leçon du 1er février 1978).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D00F6FF" w14:textId="77777777" w:rsidR="001B19A7" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28046BB2" w14:textId="6B445036" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="001B19A7" w:rsidP="001B19A7">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00C07B7E" w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atelier doctoral ADRD, avril </w:t>
-[...707 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Atelier doctoral ADRD, avril 2021 : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="727B5C8B" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="001B19A7">
-[...32 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="727B5C8B" w14:textId="77777777" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B19A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Présentation par Paul-Alexis Mellet des enjeux de « l’histoire des discours » durant la première modernité. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CB25E2" w14:textId="019A2521" w:rsidR="00C07B7E" w:rsidRPr="001B19A7" w:rsidRDefault="00C07B7E" w:rsidP="00DC6822">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-Commentaire collectif de Quentin Skinner, « Signification et compréhension dans l’histoire des idées », dans </w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Visions politiques, vol. 1. Sur la méthode</w:t>
       </w:r>
       <w:r w:rsidRPr="001B19A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -5952,208 +7892,217 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EACF81B" w14:textId="77777777" w:rsidR="00D734FA" w:rsidRPr="00C07B7E" w:rsidRDefault="00D734FA" w:rsidP="00C07B7E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D734FA" w:rsidRPr="00C07B7E" w:rsidSect="00875043">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4865D873" w14:textId="77777777" w:rsidR="00295AE0" w:rsidRDefault="00295AE0" w:rsidP="00243FC2">
+    <w:p w14:paraId="5CFE4179" w14:textId="77777777" w:rsidR="006C4ABF" w:rsidRDefault="006C4ABF" w:rsidP="00243FC2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A79B0C6" w14:textId="77777777" w:rsidR="00295AE0" w:rsidRDefault="00295AE0" w:rsidP="00243FC2">
+    <w:p w14:paraId="4694A40F" w14:textId="77777777" w:rsidR="006C4ABF" w:rsidRDefault="006C4ABF" w:rsidP="00243FC2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A2E13CD" w14:textId="77777777" w:rsidR="00295AE0" w:rsidRDefault="00295AE0" w:rsidP="00243FC2">
+    <w:p w14:paraId="49676696" w14:textId="77777777" w:rsidR="006C4ABF" w:rsidRDefault="006C4ABF" w:rsidP="00243FC2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C4657DB" w14:textId="77777777" w:rsidR="00295AE0" w:rsidRDefault="00295AE0" w:rsidP="00243FC2">
+    <w:p w14:paraId="4720B158" w14:textId="77777777" w:rsidR="006C4ABF" w:rsidRDefault="006C4ABF" w:rsidP="00243FC2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="-1569653108"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="049C2033" w14:textId="38C74F43" w:rsidR="00243FC2" w:rsidRDefault="00243FC2" w:rsidP="00C508D8">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="58AD1F71" w14:textId="77777777" w:rsidR="00243FC2" w:rsidRDefault="00243FC2" w:rsidP="00243FC2">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="-493722791"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4E037124" w14:textId="67F331B5" w:rsidR="00243FC2" w:rsidRDefault="00243FC2" w:rsidP="00C508D8">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
@@ -6163,51 +8112,51 @@
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1124DB72" w14:textId="77777777" w:rsidR="00243FC2" w:rsidRDefault="00243FC2" w:rsidP="00243FC2">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40954D36"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CCDE14B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -6624,116 +8573,146 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="307247418">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="939485422">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1839269814">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="217"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C07B7E"/>
+    <w:rsid w:val="000245FE"/>
+    <w:rsid w:val="000A387F"/>
+    <w:rsid w:val="000F0ECD"/>
+    <w:rsid w:val="00151513"/>
     <w:rsid w:val="001B19A7"/>
+    <w:rsid w:val="001C0040"/>
     <w:rsid w:val="0020343B"/>
     <w:rsid w:val="002406A2"/>
     <w:rsid w:val="00243FC2"/>
     <w:rsid w:val="00295AE0"/>
+    <w:rsid w:val="002E4CB0"/>
+    <w:rsid w:val="00366571"/>
+    <w:rsid w:val="003F6C0A"/>
+    <w:rsid w:val="00414D79"/>
+    <w:rsid w:val="004B309A"/>
     <w:rsid w:val="005D6D0B"/>
+    <w:rsid w:val="005E5708"/>
+    <w:rsid w:val="006C4ABF"/>
+    <w:rsid w:val="0071552B"/>
+    <w:rsid w:val="007D143E"/>
+    <w:rsid w:val="0084672F"/>
     <w:rsid w:val="00875043"/>
+    <w:rsid w:val="008D5A9A"/>
+    <w:rsid w:val="008E7FDD"/>
+    <w:rsid w:val="00937B29"/>
     <w:rsid w:val="0098159A"/>
     <w:rsid w:val="00A2192D"/>
+    <w:rsid w:val="00A25F46"/>
+    <w:rsid w:val="00AB326B"/>
+    <w:rsid w:val="00AF16CB"/>
     <w:rsid w:val="00BC65D7"/>
     <w:rsid w:val="00C07B7E"/>
     <w:rsid w:val="00C7498F"/>
+    <w:rsid w:val="00D245F7"/>
+    <w:rsid w:val="00D37C75"/>
+    <w:rsid w:val="00D514D9"/>
     <w:rsid w:val="00D61FC0"/>
     <w:rsid w:val="00D657CF"/>
     <w:rsid w:val="00D734FA"/>
+    <w:rsid w:val="00DC6822"/>
+    <w:rsid w:val="00E05468"/>
+    <w:rsid w:val="00E65D20"/>
     <w:rsid w:val="00EA04FF"/>
+    <w:rsid w:val="00EC25D6"/>
+    <w:rsid w:val="00F108D1"/>
+    <w:rsid w:val="00FA4172"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3ABD0DF8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{86CF56AC-6960-054A-A8D8-261A105CD7AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7231,55 +9210,60 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00243FC2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
     <w:name w:val="En-tête Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="En-tte"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00243FC2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00243FC2"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="author">
+    <w:name w:val="author"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:rsid w:val="00151513"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1832524304">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="758140126">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7573,70 +9557,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11507</Characters>
+  <Pages>7</Pages>
+  <Words>2690</Words>
+  <Characters>14798</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>123</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13572</CharactersWithSpaces>
+  <CharactersWithSpaces>17454</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>